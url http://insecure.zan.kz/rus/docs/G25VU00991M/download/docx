--- v0 (2025-11-10)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3f80542" w14:textId="3f80542">
+    <w:p w14:paraId="fb08b8e" w14:textId="fb08b8e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -123,57 +123,53 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Примечание ИЗПИ!</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Настоящее решение вводится в действие с 01.01.2025.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z5" w:id="0"/>
     <w:p>
       <w:pPr>
@@ -326,88 +322,88 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1) доходы – 63264,0 тысяч тенге, в том числе:</w:t>
+        <w:t xml:space="preserve">
+      1) доходы – 63264,0 тысяч тенге, в том числе: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       налоговые поступления – 6942,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      неналоговые поступления – 0,0 тысяч тенге;</w:t>
+        <w:t xml:space="preserve">
+      неналоговые поступления – 0,0 тысяч тенге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -452,142 +448,142 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      бюджетные кредиты – 0,0 тысяч тенге;</w:t>
+        <w:t xml:space="preserve">
+      бюджетные кредиты – 0,0 тысяч тенге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      погашение бюджетных кредитов – 0,0 тысяч тенге;</w:t>
+        <w:t xml:space="preserve">
+      погашение бюджетных кредитов – 0,0 тысяч тенге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      4) сальдо по операциям с финансовыми активами – 0,0 тысяч тенге, в том числе:</w:t>
+        <w:t xml:space="preserve">
+      4) сальдо по операциям с финансовыми активами – 0,0 тысяч тенге, в том числе: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      приобретение финансовых активов – 0,0 тысяч тенге;</w:t>
+        <w:t xml:space="preserve">
+      приобретение финансовых активов – 0,0 тысяч тенге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      поступление от продажи финансовых активов государства – 0,0 тысяч тенге;</w:t>
+        <w:t xml:space="preserve">
+      поступление от продажи финансовых активов государства – 0,0 тысяч тенге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      5) дефицит (профицит) бюджета – - 2501,3 тысяч тенге;</w:t>
+        <w:t xml:space="preserve">
+      5) дефицит (профицит) бюджета – - 2501,3 тысяч тенге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) финансирование дефицита (использование профицита) бюджета – 2501,3 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -643,61 +639,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения маслихата района Үлкен Нарын Восточно-Казахстанской области от 02.09.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения маслихата района Үлкен Нарын Восточно-Казахстанской области от 07.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 15/156-VIII</w:t>
+        <w:t>№ 16/177-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -712,63 +708,62 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -776,51 +771,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Председатель маслихата района Үлкен Нарын </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -981,208 +976,214 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Новополяковского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 в редакции решения маслихата района Үлкен Нарын Восточно-Казахстанской области от 02.09.2025 </w:t>
+      Сноска. Приложение 1 в редакции решения маслихата района Үлкен Нарын Восточно-Казахстанской области от 07.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 15/156-VIII</w:t>
+        <w:t>№ 16/177-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1177"/>
+        <w:gridCol w:w="1826"/>
+        <w:gridCol w:w="1177"/>
+        <w:gridCol w:w="3356"/>
+        <w:gridCol w:w="4764"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Всего доходы (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1198,110 +1199,124 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1317,147 +1332,168 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1467,3200 +1503,3445 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 І.Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 63264,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Налоговые поступления </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6942,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Подоходный налог </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 525,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 525,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-5182,0</w:t>
+            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4587,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 165,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Налог на транспортные средства </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-3762,0</w:t>
+            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3548,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-1220,0</w:t>
+            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+839,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-1235,0</w:t>
+            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1830,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-1200,0</w:t>
+            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1830,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сборы за ведение предпринимательской и профессиональной деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-35,0</w:t>
+            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 56322,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 56322,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4686,172 +4967,178 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1298"/>
+        <w:gridCol w:w="1763"/>
+        <w:gridCol w:w="1763"/>
+        <w:gridCol w:w="4092"/>
+        <w:gridCol w:w="3384"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4867,110 +5154,124 @@
               <w:t>
 Администратор программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4986,147 +5287,168 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5136,5296 +5458,5758 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65765,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-37744,0</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40094,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-37744,0</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40094,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-28294,0</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30644,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальные расходы государственного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9450,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-10288,0</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8588,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-10288,0</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8588,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-9774,0</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8074,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 514,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-17732,0</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17082,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-17732,0</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17082,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17082,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 045</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальный и средний ремонт автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-650,0</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 III. Чистое бюджетное кредитование </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступление от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -2501,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...131 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+VІI. Финансирование дефицита (использование профицита) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2501,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступление займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Используемые остатки бюджетных средств </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2501,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Остатки бюджетных средств </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2501,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Свободные остатки бюджетных средств </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10568,172 +11352,178 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Новополяковского сельского округа на 2026 год</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1177"/>
+        <w:gridCol w:w="1826"/>
+        <w:gridCol w:w="1177"/>
+        <w:gridCol w:w="3356"/>
+        <w:gridCol w:w="4764"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Всего доходы (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10749,110 +11539,124 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10868,3369 +11672,3642 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 І.Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47904,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Налоговые поступления </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7428,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Подоходный налог </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 562,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 562,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5544,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 176,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Налог на транспортные средства </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4025,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1305,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1322,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1284,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сборы за ведение предпринимательской и профессиональной деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40476,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40476,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14256,172 +15333,178 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1349"/>
+        <w:gridCol w:w="1832"/>
+        <w:gridCol w:w="1832"/>
+        <w:gridCol w:w="3769"/>
+        <w:gridCol w:w="3518"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14437,110 +15520,124 @@
               <w:t>
 Администратор программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14556,147 +15653,168 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14706,4411 +15824,4803 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47904,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29108,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29108,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29108,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4214,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4214,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3700,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 514,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14582,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14582,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14582,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 III. Чистое бюджетное кредитование </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступление от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступление займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Используемые остатки бюджетных средств </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Остатки бюджетных средств </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Свободные остатки бюджетных средств </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19253,310 +20763,337 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Новополяковского сельского округа на 2027 год</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1177"/>
+        <w:gridCol w:w="1826"/>
+        <w:gridCol w:w="1177"/>
+        <w:gridCol w:w="3356"/>
+        <w:gridCol w:w="4764"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Всего доходы (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19572,3369 +21109,3642 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 І.Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49539,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Налоговые поступления </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7948,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Подоходный налог </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 601,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 601,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5932,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 188,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 41,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Налог на транспортные средства </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4307,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1396,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1415,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1374,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сборы за ведение предпринимательской и профессиональной деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 41,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 41591,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 41591,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22960,172 +24770,178 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1349"/>
+        <w:gridCol w:w="1832"/>
+        <w:gridCol w:w="1832"/>
+        <w:gridCol w:w="3769"/>
+        <w:gridCol w:w="3518"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23141,110 +24957,124 @@
               <w:t>
 Администратор программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23260,147 +25090,168 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23410,4411 +25261,4803 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49539,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30558,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30558,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30558,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4399,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4399,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3885,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 514,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14582,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14582,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14582,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 III. Чистое бюджетное кредитование </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступление от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступление займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Используемые остатки бюджетных средств </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Остатки бюджетных средств </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Свободные остатки бюджетных средств </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27876,55 +30119,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>