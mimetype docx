--- v1 (2025-12-27)
+++ v2 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d601a67" w14:textId="d601a67">
+    <w:p w14:paraId="b131ff5" w14:textId="b131ff5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -123,53 +123,57 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Примечание ИЗПИ!</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Настоящее решение вводится в действие с 01.01.2025.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -355,69 +359,69 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) доходы – 335 571,4 тысяч тенге, в том числе: </w:t>
+      1) доходы – 336086,4 тысяч тенге, в том числе: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 12 681,0 тысяч тенге;</w:t>
+      налоговые поступления - 12681,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       неналоговые поступления – 18,0 тысяч тенге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -427,69 +431,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 322 872,4 тысяч тенге;</w:t>
+      поступления трансфертов – 323387,4 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 339 373,9 тысяч тенге;</w:t>
+      2) затраты – 339888,9 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -671,61 +675,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения маслихата района Үлкен Нарын Восточно-Казахстанской области от 07.11.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения маслихата района Үлкен Нарын Восточно-Казахстанской области от 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 16/176-VIII</w:t>
+        <w:t>№ 17/186-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -740,62 +744,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -803,51 +808,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Председатель маслихата района Үлкен Нарын </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1026,214 +1031,208 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Алтынбельского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 в редакции решения маслихата района Үлкен Нарын Восточно-Казахстанской области от 07.11.2025 </w:t>
+      Сноска. Приложение 1 в редакции решения маслихата района Үлкен Нарын Восточно-Казахстанской области от 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 16/176-VIII</w:t>
+        <w:t>№ 17/186-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1117"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="5145"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5145" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Всего доходы (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1249,124 +1248,110 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1382,168 +1367,147 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3187" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1553,3833 +1517,3568 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1734" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3187" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5145" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3187" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 І.Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5145" w:type="dxa"/>
-[...29 lines deleted...]
-335571,4</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+336086,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1734" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3187" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Налоговые поступления </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5145" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12681,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1734" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3187" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Подоходный налог </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5145" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1452,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3187" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5145" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1452,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1734" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3187" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5145" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5769,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3187" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5145" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 315,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3187" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5145" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3187" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Налог на транспортные средства </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5145" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3779,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3187" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5145" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1626,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1734" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3187" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5145" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5460,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3187" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5145" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5460,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1734" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3187" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5145" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1734" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3187" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5145" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3187" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от аренды имущества, находящегося в государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5145" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1734" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3187" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5145" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1734" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3187" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5145" w:type="dxa"/>
-[...29 lines deleted...]
-322872,4</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+323387,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1734" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3187" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5145" w:type="dxa"/>
-[...29 lines deleted...]
-322872,4</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+323387,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3187" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5145" w:type="dxa"/>
-[...29 lines deleted...]
-322872,4</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+323387,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1293"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3836"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3836" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1293" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5395,124 +5094,110 @@
               <w:t>
 Администратор программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1293" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5528,168 +5213,147 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1293" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3659" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5699,5949 +5363,5650 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1293" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1756" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1756" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3659" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3836" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1293" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3659" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3836" w:type="dxa"/>
-[...29 lines deleted...]
-339373,9</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+339888,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1293" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1756" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3659" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3836" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 79549,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1293" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1756" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1756" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3659" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3836" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 79549,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1293" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1756" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3659" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3836" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 68633,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1293" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1756" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3659" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальные расходы государственного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3836" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10915,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1293" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1756" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3659" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3836" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 232138,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1293" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1756" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1756" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3659" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3836" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 232138,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1293" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1756" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3659" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3836" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9208,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1293" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1756" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3659" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3836" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 922,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1293" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1756" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3659" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3836" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1293" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1756" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 014</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3659" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Организация водоснабжения населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3836" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 219508,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1293" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1756" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3659" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3836" w:type="dxa"/>
-[...29 lines deleted...]
-27684,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28199,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1293" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1756" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1756" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3659" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3836" w:type="dxa"/>
-[...29 lines deleted...]
-27684,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28199,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1293" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1756" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3659" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3836" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27684,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1293" w:type="dxa"/>
-[...179 lines deleted...]
-2,5</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальный и средний ремонт автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+515,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1293" w:type="dxa"/>
-[...149 lines deleted...]
-            <w:tcW w:w="3836" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1293" w:type="dxa"/>
-[...149 lines deleted...]
-            <w:tcW w:w="3836" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1293" w:type="dxa"/>
-[...182 lines deleted...]
-0,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1293" w:type="dxa"/>
-[...152 lines deleted...]
-            <w:tcW w:w="3836" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+III. Чистое бюджетное кредитование </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1293" w:type="dxa"/>
-[...149 lines deleted...]
-            <w:tcW w:w="3836" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджетные кредиты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1293" w:type="dxa"/>
-[...152 lines deleted...]
-            <w:tcW w:w="3836" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1293" w:type="dxa"/>
-[...152 lines deleted...]
-            <w:tcW w:w="3836" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+IV. Сальдо по операциям с финансовыми активами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1293" w:type="dxa"/>
-[...152 lines deleted...]
-            <w:tcW w:w="3836" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Приобретение финансовых активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1293" w:type="dxa"/>
-[...182 lines deleted...]
--3802,5</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступление от продажи финансовых активов государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1293" w:type="dxa"/>
-[...182 lines deleted...]
-3802,5</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+V. Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-3802,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1293" w:type="dxa"/>
-[...179 lines deleted...]
-0,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+VII. Финансирование дефицита (использование профицита) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3802,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1293" w:type="dxa"/>
-[...149 lines deleted...]
-            <w:tcW w:w="3836" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступление займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1293" w:type="dxa"/>
-[...179 lines deleted...]
-3802,5</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1293" w:type="dxa"/>
-[...113 lines deleted...]
-            <w:tcW w:w="3659" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Остатки бюджетных средств </w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3836" w:type="dxa"/>
+Используемые остатки бюджетных средств </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3802,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1293" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1756" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Остатки бюджетных средств </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3802,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3659" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Свободные остатки бюджетных средств </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3836" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11784,4204 +11149,3883 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Алтынбельского сельского округа на 2026 год</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1177"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="4764"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Всего доходы (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 І.Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65688,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Налоговые поступления </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7331,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Подоходный налог </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 717,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 717,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4102,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 321,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Налог на транспортные средства </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2889,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 856,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2512,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2512,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 90,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 90,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от аренды имущества, находящегося в государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 90,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 58267,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 58267,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16007,178 +15051,172 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1349"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3518"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16194,124 +15232,110 @@
               <w:t>
 Администратор программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16327,5000 +15351,4580 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65688,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 51273,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 51273,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 51273,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10301,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10301,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9333,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 968,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4114,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4114,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4114,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 III. Чистое бюджетное кредитование </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступление от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступление займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Используемые остатки бюджетных средств </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Остатки бюджетных средств </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Свободные остатки бюджетных средств </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21463,4586 +20067,4237 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Алтынбельского сельского округа на 2027 год</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1177"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="4764"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Всего доходы (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 І.Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 68871,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Налоговые поступления </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7845,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Подоходный налог </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 767,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 767,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4390,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 344,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 39,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Налог на транспортные средства </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3091,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 916,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2688,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2688,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 96,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 96,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от аренды имущества, находящегося в государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 96,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа земли и нематериальных активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа нематериальных активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 60931,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 60931,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26068,178 +24323,172 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1349"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3518"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26255,124 +24504,110 @@
               <w:t>
 Администратор программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26388,5000 +24623,4580 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 68871,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 53735,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 53735,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 53735,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10816,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10816,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9800,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1016,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4320,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4320,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4320,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 III. Чистое бюджетное кредитование </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступление от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступление займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Используемые остатки бюджетных средств </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Остатки бюджетных средств </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Свободные остатки бюджетных средств </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>