--- v0 (2025-11-10)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="cb7eebe" w14:textId="cb7eebe">
+    <w:p w14:paraId="7c31494" w14:textId="7c31494">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -102,51 +102,127 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение маслихата района Алтай Восточно-Казахстанской области от 24 октября 2025 года № 33/2-VIII</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Порядок введения в действие настоящего решения см. в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Маслихат района Алтай РЕШИЛ: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -1096,177 +1172,175 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Районный бюджет на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1757"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1758"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1276,117 +1350,116 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...31 lines deleted...]
-            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1396,44096 +1469,43883 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...127 lines deleted...]
-Наименование </w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...97 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25078241,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...65 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22821873,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...32 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20031404,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Корпоративный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17481665,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Индивидуальный подоходный налог </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2549739,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...32 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Социальный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1962418,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Социальный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1962418,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...32 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 637737,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 637737,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...32 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 119650,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Акцизы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9357,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40419,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сборы за ведение предпринимательской и профессиональной деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 69874,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...32 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обязательные платежи, взимаемые за совершение юридически значимых действий и (или) выдачу документов уполномоченными на то государственными органами или должностными лицами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 70664,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственная пошлина</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 70664,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...65 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20395,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...32 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8011,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от аренды имущества, находящегося в государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8011,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...32 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прочие неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12384,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прочие неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12384,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...65 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...65 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2235972,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...32 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из нижестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 130066,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из бюджетов городов районного значения, сел, поселков, сельских округов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 130066,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...32 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Трансферты из вышестоящих органов государственного управления </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2105906,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из областного бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2105906,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма (тысяч тенге)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...68 lines deleted...]
-          </w:p>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная подгруппа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...29 lines deleted...]
-Функциональная подгруппа</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...29 lines deleted...]
-Администратор бюджетных программ</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...127 lines deleted...]
-Программа</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...173 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II. Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25323027,5</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...194 lines deleted...]
-25323027,5</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1790129,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-1790129,3</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+602684,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-602684,8</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+112</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат маслихата района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59519,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-59519,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности маслихата района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55444,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-55444,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1050,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-1050,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+005</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Повышение эффективности деятельности депутатов маслихатов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3025,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-3025,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+122</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+543165,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-543165,8</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+437330,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-437330,5</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24815,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-24815,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+113</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Целевые текущие трансферты нижестоящим бюджетам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+81020,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-81020,3</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Финансовая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+165817,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+452</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел финансов района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 165817,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-165817,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по реализации государственной политики в области исполнения бюджета и управления коммунальной собственностью района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+83575,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-83575,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Проведение оценки имущества в целях налогообложения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5491,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-5491,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Приватизация, управление коммунальным имуществом, постприватизационная деятельность и регулирование споров, связанных с этим</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5936,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-5936,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+018</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1010,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-1010,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 028</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Приобретение имущества в коммунальную собственность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+69805,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-69805,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Планирование и статистическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+67341,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+453</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел экономики и бюджетного планирования района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 67341,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-67341,6</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по реализации государственной политики в области формирования и развития экономической политики, системы государственного планирования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+65751,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-65751,6</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+004</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1590,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-1590,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+954285,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-954285,9</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+492</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел жилищно-коммунального хозяйства, пассажирского транспорта, автомобильных дорог и жилищной инспекции района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+916141,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-916141,9</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Услуги по реализации государственной политики на местном уровне в области жилищно-коммунального хозяйства, пассажирского транспорта, автомобильных дорог и жилищной инспекции </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+84809,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-84809,5</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 113</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Целевые текущие трансферты нижестоящим бюджетам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+831332,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-831332,4</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+493</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел предпринимательства, промышленности и туризма района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38144,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-38144,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по реализации государственной политики на местном уровне в области развития предпринимательства, промышленности и туризма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37744,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-37744,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+400,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-400,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оборона</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+688316,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-688316,1</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Военные нужды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+77192,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+122</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 77192,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+005</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мероприятия в рамках исполнения всеобщей воинской обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 77192,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-77192,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Организация работы по чрезвычайным ситуациям</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+611124,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+122</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 611124,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Предупреждение и ликвидация чрезвычайных ситуаций масштаба района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 611124,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-611124,1</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Общественный порядок, безопасность, правовая, судебная, уголовно-исполнительная деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+65000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие услуги в области общественного порядка и безопасности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+492</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел жилищно-коммунального хозяйства, пассажирского транспорта, автомобильных дорог и жилищной инспекции района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение безопасности дорожного движения в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-65000,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Социальная помощь и социальное обеспечение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1432228,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-1432228,7</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Социальное обеспечение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+194334,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+451</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел занятости и социальных программ района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 194334,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+005</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственная адресная социальная помощь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 194334,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-194334,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Социальная помощь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1076620,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-1076620,7</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+451</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел занятости и социальных программ района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1070158,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-1070158,7</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+004</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оказание социальной помощи на приобретение топлива специалистам здравоохранения, образования, социального обеспечения, культуры, спорта и ветеринарии в сельской местности в соответствии с законодательством Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29670,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-29670,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оказание жилищной помощи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-41,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+007</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Социальная помощь отдельным категориям нуждающихся граждан по решениям местных представительных органов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+111918,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-111918,1</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Материальное обеспечение детей с инвалидностью, воспитывающихся и обучающихся на дому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4219,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-4219,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Социальная адаптация лиц, не имеющих определенного местожительства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+185040,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-185040,6</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оказание социальной помощи нуждающимся гражданам на дому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+324703,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-324703,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Территориальные центры социального обслуживания пенсионеров и лиц с инвалидностью</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+247022,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-247022,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+017</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение нуждающихся лиц с инвалидностью протезно-ортопедическими, сурдотехническими и тифлотехническими средствами, специальными средствами передвижения, обязательными гигиеническими средствами, а также предоставление услуг санаторно-курортного лечения, специалиста жестового языка, индивидуальных помощников в соответствии с индивидуальной программой абилитации и реабилитации лица с инвалидностью</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+167545,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...216 lines deleted...]
-167545,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+492</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел жилищно-коммунального хозяйства, пассажирского транспорта, автомобильных дорог и жилищной инспекции района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6462,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+007</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Социальная поддержка отдельных категорий граждан в виде льготного, бесплатного проезда на городском общественном транспорте (кроме такси) по решению местных представительных органов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6462,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-6462,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие услуги в области социальной помощи и социального обеспечения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+161274,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+451</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел занятости и социальных программ района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 161274,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-161274,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по реализации государственной политики на местном уровне в области обеспечения занятости и реализации социальных программ для населения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+78713,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-78713,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оплата услуг по зачислению, выплате и доставке пособий и других социальных выплат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1815,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-1815,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+028</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги лицам из групп риска, попавшим в сложную ситуацию вследствие насилия или угрозы насилия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3857,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-3857,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+050</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение прав и улучшение качества жизни лиц с инвалидностью в Республике Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+67240,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-67240,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+067</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы подведомственных государственных учреждений и организаций</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9649,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-9649,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2444397,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-2444397,9</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+682863,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-682863,9</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+466</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел архитектуры, градостроительства и строительства района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+212600,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-212600,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Проектирование и (или) строительство, реконструкция жилья коммунального жилищного фонда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+66000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-66000,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+004</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Проектирование, развитие и (или) обустройство инженерно-коммуникационной инфраструктуры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+101600,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-101600,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+059</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Текущий и капитальный ремонт фасадов, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика населенному пункту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-45000,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+492</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел жилищно-коммунального хозяйства, пассажирского транспорта, автомобильных дорог и жилищной инспекции района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+470263,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-470263,9</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Организация сохранения государственного жилищного фонда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41400,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-41400,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+033</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Проектирование, развитие и (или) обустройство инженерно-коммуникационной инфраструктуры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39663,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-39663,9</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+098</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Приобретение жилья коммунального жилищного фонда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+389200,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-389200,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1638034,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-1638034,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+466</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел архитектуры, градостроительства и строительства района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+150200,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+007</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Развитие благоустройства городов и населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 150200,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-150200,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+492</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел жилищно-коммунального хозяйства, пассажирского транспорта, автомобильных дорог и жилищной инспекции района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1487834,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-1487834,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционирование системы водоснабжения и водоотведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+204592,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-204592,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Развитие благоустройства городов и населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-20000,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Организация эксплуатации тепловых сетей, находящихся в коммунальной собственности районов (городов областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+459192,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-459192,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+029</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Развитие системы водоснабжения и водоотведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+690000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-690000,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+058</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Развитие системы водоснабжения и водоотведения в сельских населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+114050,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-114050,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+123500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+492</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел жилищно-коммунального хозяйства, пассажирского транспорта, автомобильных дорог и жилищной инспекции района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 123500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 123500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-123500,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Культура, спорт, туризм и информационное пространство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1287334,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-1287334,5</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Деятельность в области культуры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+569998,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-569998,3</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+457</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел культуры, развития языков, физической культуры и спорта района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+549998,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поддержка культурно-досуговой работы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 549998,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-549998,3</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+466</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел архитектуры, градостроительства и строительства района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Развитие объектов культуры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-20000,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Спорт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19877,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-19877,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+457</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел культуры, развития языков, физической культуры и спорта района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19777,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-19777,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Развитие массового спорта и национальных видов спорта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1350,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-1350,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Проведение спортивных соревнований на районном (города областного значения) уровне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1210,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-1210,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подготовка и участие членов сборных команд района (города областного значения) по различным видам спорта на областных спортивных соревнованиях</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17217,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-17217,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+466</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел архитектуры, градостроительства и строительства района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Развитие объектов спорта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-100,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Информационное пространство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+357614,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-357614,2</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+456</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел внутренней политики района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25469,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+002</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по проведению государственной информационной политики</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25469,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-25469,2</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+457</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел культуры, развития языков, физической культуры и спорта района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+332145,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-332145,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционирование районных (городских) библиотек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+283034,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-283034,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+007</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Развитие государственного языка и других языков народа Казахстана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49111,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-49111,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие услуги по организации культуры, спорта, туризма и информационного пространства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+339845,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-339845,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+456</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел внутренней политики района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+116814,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-116814,7</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по реализации государственной политики на местном уровне в области информации, укрепления государственности и формирования социального оптимизма граждан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47858,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-47858,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Реализация мероприятий в сфере молодежной политики</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+67405,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-67405,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1551,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-1551,7</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+457</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел культуры, развития языков, физической культуры и спорта района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+223030,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-223030,3</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по реализации государственной политики на местном уровне в области культуры, развития языков, физической культуры и спорта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+57238,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-57238,3</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-3000,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+032</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы подведомственных государственных учреждений и организаций</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+162792,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-162792,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+09</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Топливно-энергетический комплекс и недропользование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38300,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Топливо и энергетика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38300,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-38300,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+466</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел архитектуры, градостроительства и строительства района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Развитие теплоэнергетической системы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-100,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+492</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел жилищно-коммунального хозяйства, пассажирского транспорта, автомобильных дорог и жилищной инспекции района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38200,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+019</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Развитие теплоэнергетической системы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38200,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-38200,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сельское, водное, лесное, рыбное хозяйство, особо охраняемые природные территории, охрана окружающей среды и животного мира, земельные отношения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+105379,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-105379,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сельское хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+69217,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+477</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел сельского хозяйства и земельных отношений района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 69217,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-69217,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по реализации государственной политики на местном уровне в сфере сельского хозяйства и земельных отношений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+67717,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-67717,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-1500,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Земельные отношения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19355,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+477</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел сельского хозяйства и земельных отношений района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19355,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Землеустройство, проводимое при установлении границ районов, городов областного значения, районного значения, сельских округов, поселков, сел</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19355,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-19355,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие услуги в области сельского, водного, лесного, рыбного хозяйства, охраны окружающей среды и земельных отношений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16807,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+453</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел экономики и бюджетного планирования района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16807,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+099</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Реализация мер по оказанию социальной поддержки специалистов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16807,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-16807,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Промышленность, архитектурная, градостроительная и строительная деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+103234,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Архитектурная, градостроительная и строительная деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 103234,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+466</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел архитектуры, градостроительства и строительства района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 103234,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-103234,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по реализации государственной политики в области строительства, улучшения архитектурного облика городов, районов и населенных пунктов области и обеспечению рационального и эффективного градостроительного освоения территории района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51734,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-51734,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Разработка схем градостроительного развития территории района, генеральных планов городов районного (областного) значения, поселков и иных сельских населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-50000,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-1500,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-36500,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобильный транспорт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+492</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел жилищно-коммунального хозяйства, пассажирского транспорта, автомобильных дорог и жилищной инспекции района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальный и средний ремонт автомобильных дорог районного значения и улиц населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-8000,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие услуги в сфере транспорта и коммуникаций</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+492</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел жилищно-коммунального хозяйства, пассажирского транспорта, автомобильных дорог и жилищной инспекции района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+037</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Субсидирование пассажирских перевозок по социально значимым городским (сельским), пригородным и внутрирайонным сообщениям</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-28500,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+67215,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...132 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прочие</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 67215,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+452</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел финансов района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 67215,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ Резерв местного исполнительного органа района (города областного значения) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 67215,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-67215,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обслуживание долга</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15940,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...132 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обслуживание долга</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15940,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+452</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел финансов района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15940,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обслуживание долга местных исполнительных органов по выплате вознаграждений и иных платежей по займам из областного бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15940,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-15940,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17249053,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...132 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17249053,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+452</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел финансов района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17249053,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-17249053,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2699,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-2699,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Целевые текущие трансферты из нижестоящего бюджета на компенсацию потерь вышестоящего бюджета в связи с изменением законодательства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16920422,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-16920422,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+038</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Субвенции</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+325932,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-325932,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+III. Чистое бюджетное кредитование:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-1020,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...194 lines deleted...]
--1020,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Бюджетные кредиты </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23592,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...164 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сельское, водное, лесное, рыбное хозяйство, особо охраняемые природные территории, охрана окружающей среды и животного мира, земельные отношения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23592,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие услуги в области сельского, водного, лесного, рыбного хозяйства, охраны окружающей среды и земельных отношений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23592,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+453</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел экономики и бюджетного планирования района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23592,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджетные кредиты для реализации мер социальной поддержки специалистов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23592,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-23592,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24612,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...132 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24612,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов, выданных из государственного бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24612,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-24612,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+IV. Сальдо по операциям с финансовыми активами:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...164 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Приобретение финансовых активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...164 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи финансовых активов государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...132 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи финансовых активов внутри страны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-0,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+V. Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-243765,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...194 lines deleted...]
--243765,8</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+VI.Ненефтяной дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...194 lines deleted...]
-0,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+VII. Финансирование дефицита (использование профицита) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+243765,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...194 lines deleted...]
-243765,8</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступление займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+57695,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Внутренние государственные займы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 57695,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Договоры займа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 57695,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-57695,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24612,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...132 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24612,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+452</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел финансов района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24612,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение долга местного исполнительного органа перед вышестоящим бюджетом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24612,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...198 lines deleted...]
-24612,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+210682,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...168 lines deleted...]
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 210682,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...306 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>