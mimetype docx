--- v0 (2025-11-01)
+++ v1 (2025-12-18)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d7b72bb" w14:textId="d7b72bb">
+    <w:p w14:paraId="0f814db" w14:textId="0f814db">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -102,51 +102,127 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение Глубоковского районного маслихата Восточно-Казахстанской области от 20 октября 2025 года № 26/5-VIII</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Порядок введения в действие настоящего решения см. в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Глубоковский районный маслихат РЕШИЛ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -582,50 +658,68 @@
       погашение займов – 98 098 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       используемые остатки бюджетных средств – 21 211,8 тысяч тенге.";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -650,50 +744,68 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "3. Предусмотреть в районном бюджете на 2025 год целевые трансферты на развитие в сумме 2 413 863,4 тысячи тенге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Распределение целевых трансфертов на развитие в бюджете района на 2025 год определяется постановлением Глубоковского районного акимата.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -730,50 +842,68 @@
       "6. Учесть в районном бюджете на 2025 год целевые текущие трансферты в сумме 1 402 119,2 тысяч тенге, в том числе из республиканского бюджета в сумме 321 209 тысяч тенге, из областного бюджета в сумме 1 080 910,2 тысяч тенге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Распределение целевых текущих трансфертов бюджету района на 2025 год определяется постановлением Глубоковского районного акимата.";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -798,50 +928,68 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "7. Предусмотреть в районном бюджете на 2025 год целевые трансферты из районного бюджета бюджетам поселков, сҰл и сельских округов в сумме 1 817 527,8 тысяч тенге. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Распределение целевых трансфертов из районного бюджета бюджетам поселков, сҰл и сельских округов определяется постановлением Глубоковского районного акимата.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -1096,64 +1244,51 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение к решению</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Глубоковского районного</w:t>
-[...12 lines deleted...]
-              <w:t>маслихата</w:t>
+              <w:t>Глубоковского районного маслихата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 20 октября 2025 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -1213,64 +1348,51 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 1 к решению</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Глубоковского районного</w:t>
-[...12 lines deleted...]
-              <w:t>маслихата</w:t>
+              <w:t>Глубоковского районного маслихата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 25 декабря 2024 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -1290,7842 +1412,7811 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глубоковский районный бюджет на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+I. Доходы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13767251,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Собственные доходы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9949241,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9737897,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5537051,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Корпоративный подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1211634</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Индивидуальный подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4325417,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Социальный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3230045,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Социальный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3230045,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоги на собственность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+767020</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоги на имущество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+752336</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14684</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Внутренние налоги на товары, работы и услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+154543</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Акцизы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32178</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления за использование природных и других ресурсов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+98145</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сборы за ведение предпринимательской и профессиональной деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24220</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обязательные платежи, взимаемые за совершение юридически значимых действий и (или) выдачу документов уполномоченными на то государственными органами или должностными лицами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49237</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственная пошлина</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49237</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Неналоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51701</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доходы от государственной собственности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26296,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доходы от аренды имущества, находящегося в государственной собственности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20284</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Вознаграждения по кредитам, выданным из государственного бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+106</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие доходы от государственной собственности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5906,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления денег от проведения государственных закупок, организуемых государственными учреждениями, финансируемыми из государственного бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1023,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления денег от проведения государственных закупок, организуемых государственными учреждениями, финансируемыми из государственного бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1023,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штрафы, пени, санкции, взыскания, налагаемые государственными учреждениями, финансируемыми из государственного бюджета, а также содержащимися и финансируемыми из бюджета (сметы расходов) Национального Банка Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2035</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штрафы, пени, санкции, взыскания, налагаемые государственными учреждениями, финансируемыми из государственного бюджета, а также содержащимися и финансируемыми из бюджета (сметы расходов) Национального Банка Республики Казахстан, за исключением поступлений от организаций нефтяного сектора</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2035</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие неналоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22346</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие неналоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22346</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи основного капитала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+159643,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа государственного имущества, закрепленного за государственными учреждениями</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+152357,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа государственного имущества, закрепленного за государственными учреждениями</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+152357,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли и нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7286</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7279</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Поступления трансфертов </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3818009,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из нижестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2027</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из бюджетов городов районного значения, сел, поселков, сельских округов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2027</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3815982,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из областного бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3815982,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Категория</w:t>
+Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма, тысяч</w:t>
-[...7709 lines deleted...]
-              <w:t>тысяч тенге</w:t>
+Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>