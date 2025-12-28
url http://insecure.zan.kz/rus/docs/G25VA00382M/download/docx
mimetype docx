--- v0 (2025-11-10)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5c45850" w14:textId="5c45850">
+    <w:p w14:paraId="1c61777" w14:textId="1c61777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -102,101 +102,177 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение Усть-Каменогорского городского маслихата Восточно-Казахстанской области от 24 октября 2025 года № 38/2-VIII</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Порядок введения в действие настоящего решения см. в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п. 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Усть-Каменогорский городской маслихат РЕШИЛ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Внести в </w:t>
+      1. Внести в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Усть-Каменогорского городского маслихата от 26 декабря 2024 года № 30/3-VIII "О бюджете города Усть-Каменогорска на 2025-2027 годы" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 205573) следующие изменения:</w:t>
+        <w:t xml:space="preserve"> Усть-Каменогорского городского маслихата от 26 декабря 2024 года № 30/3-VIII "О бюджете города Усть-Каменогорска на 2025-2027 годы" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 205573) следующие изменения:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -226,52 +302,112 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в новой редакции:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      "1. Утвердить бюджет города на 2025-2027 годы согласно приложениям 1, 2 и 3 соответственно, в том числе на 2025 год в следующих объемах:</w:t>
+        <w:t xml:space="preserve">
+      "1. Утвердить бюджет города на 2025-2027 годы согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложениям 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) доходы – 123 318 392,7 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -686,68 +822,70 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к указанному решению изложить в редакции согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему решению.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z7" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
+      2. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="2"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -909,77 +1047,64 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение</w:t>
+              <w:t xml:space="preserve">Приложение к решению </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к решению Усть-</w:t>
-[...12 lines deleted...]
-              <w:t>Каменогорского</w:t>
+              <w:t>Усть-Каменогорского</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>городского маслихата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -1039,77 +1164,64 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 1</w:t>
+              <w:t xml:space="preserve">Приложение 1 к решению </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к решению Усть-</w:t>
-[...12 lines deleted...]
-              <w:t>Каменогорского</w:t>
+              <w:t>Усть-Каменогорского</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>городского маслихата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -1142,177 +1254,175 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет города Усть-Каменогорска на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1757"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1758"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Всего доходы (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1322,117 +1432,116 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...31 lines deleted...]
-            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1442,35346 +1551,34995 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...127 lines deleted...]
-Наименование </w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...97 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. ДОХОДЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-123 318 392,7</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+123 318 392,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-73 361 496,6</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+73 361 496,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-51 843 293,6</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51 843 293,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...64 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Корпоративный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-31 209 096,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31 209 096,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...64 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-20 634 197,6</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20 634 197,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Социальный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-8 283 293,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 283 293,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...64 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Социальный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-8 283 293,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 283 293,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-8 804 678,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 804 678,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...64 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-5 093 548,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 093 548,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...64 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-600 000,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+600 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...64 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-3 111 130,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 111 130,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-1 630 232,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 630 232,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...64 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Акцизы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-118 500,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+118 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...64 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-208 284,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+208 284,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...64 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Сборы за ведение предпринимательской и профессиональной деятельности </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-1 303 448,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 303 448,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обязательные платежи, взимаемые за совершение юридически значимых действий и (или) выдачу документов уполномоченными на то государственными органами или должностными лицами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-2 800 000,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 800 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...64 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственная пошлина</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-2 800 000,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 800 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-489 139,2</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+489 139,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-153 234,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+153 234,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...64 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления части чистого дохода государственных предприятий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 350,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...64 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы на доли участия в юридических лицах, находящиеся в государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-13 927,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13 927,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...64 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от аренды имущества, находящегося в государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-138 156,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+138 156,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...64 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Вознаграждения по бюджетным кредитам, выданным из государственного бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 801,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления денег от проведения государственных закупок, организуемых государственными учреждениями, финансируемыми из государственного бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-9 422,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9 422,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...64 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления денег от проведения государственных закупок, организуемых государственными учреждениями, финансируемыми из государственного бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-9 422,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9 422,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Штрафы, пени, санкции, взыскания, налагаемые государственными учреждениями, финансируемыми из государственного бюджета, а также содержащимися и финансируемыми из бюджета (сметы расходов) Национального Банка Республики Казахстан </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-6 779,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 779,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...64 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Штрафы, пени, санкции, взыскания, налагаемые государственными учреждениями, финансируемыми из государственного бюджета, а также содержащимися и финансируемыми из бюджета (сметы расходов) Национального Банка Республики Казахстан, за исключением поступлений от организаций нефтяного сектора и в Фонд компенсации потерпевшим</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-6 779,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 779,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прочие неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-319 704,2</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+319 704,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...64 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прочие неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-319 704,2</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+319 704,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-12 488 081,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12 488 081,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа государственного имущества, закрепленного за государственными учреждениями</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-11 620 588,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11 620 588,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...64 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа государственного имущества, закрепленного за государственными учреждениями</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-11 620 588,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11 620 588,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа земли и нематериальных активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-867 493,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+867 493,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...64 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Продажа земли </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-609 116,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+609 116,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...64 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа нематериальных активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-258 377,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+258 377,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Поступления трансфертов </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-36 979 675,9</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36 979 675,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-36 979 675,9</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36 979 675,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...28 lines deleted...]
-        </w:tc>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из областного бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36 979 675,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...134 lines deleted...]
-36 979 675,9</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Всего затраты (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...68 lines deleted...]
-          </w:p>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...41 lines deleted...]
-Администратор бюджетных программ</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджетная программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...96 lines deleted...]
-Бюджетная программа</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...142 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...175 lines deleted...]
-5</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II. ЗАТРАТЫ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+156 785 930,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...163 lines deleted...]
-156 785 930,2</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 409 595,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-2 409 595,2</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+112</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат маслихата района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+62 540,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-62 540,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности маслихата района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+61 583,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-61 583,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+957,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-957,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+122</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+690 825,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-690 825,9</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+644 751,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-644 751,9</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46 074,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-46 074,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+452</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел финансов района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+450 944,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-450 944,5</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по реализации государственной политики в области исполнения бюджета и управления коммунальной собственностью района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+319 561,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-319 561,4</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Проведение оценки имущества в целях налогообложения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21 678,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-21 678,3</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Приватизация, управление коммунальным имуществом, постприватизационная деятельность и регулирование споров, связанных с этим</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+365,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-365,8</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+018</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 370,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-2 370,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+028</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Приобретение имущества в коммунальную собственность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+106 969,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-106 969,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+453</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел экономики и бюджетного планирования района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+111 269,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-111 269,7</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по реализации государственной политики в области формирования и развития экономической политики, системы государственного планирования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+107 643,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-107 643,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+004</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Капитальные расходы государственного органа </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 631,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-2 631,7</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+061</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Экспертиза и оценка документации по вопросам бюджетных инвестиций и государственно-частного партнерства, в том числе концессии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+995,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-995,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+454</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел предпринимательства и сельского хозяйства района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+103 697,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-103 697,8</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по реализации государственной политики на местном уровне в области развития предпринимательства и сельского хозяйства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+96 792,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-96 792,5</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+007</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-500,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+032</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы подведомственных государственных учреждений и организаций</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 405,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-6 405,3</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+458</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел жилищно-коммунального хозяйства, пассажирского транспорта и автомобильных дорог района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+535 018,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-535 018,5</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по реализации государственной политики на местном уровне в области жилищно-коммунального хозяйства, пассажирского транспорта и автомобильных дорог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+523 740,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-523 740,5</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-10 000,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+067</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы подведомственных государственных учреждений и организаций</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 278,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-1 278,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+467</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел строительства района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+160 347,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-160 347,8</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+040</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Развитие объектов государственных органов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+160 347,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-160 347,8</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+486</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел земельных отношений, архитектуры и градостроительства района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+294 951,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-294 951,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по реализации государственной политики в области регулирования земельных отношений, архитектуры и градостроительства на местном уровне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+294 896,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-294 896,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Капитальные расходы государственного органа </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-55,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оборона</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+126 032,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-126 032,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+122</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+126 032,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-126 032,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+005</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мероприятия в рамках исполнения всеобщей воинской обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+120 707,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-120 707,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Предупреждение и ликвидация чрезвычайных ситуаций масштаба района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 325,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-5 325,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Общественный порядок, безопасность, правовая, судебная, уголовно-исполнительная деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+250 173,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-250 173,1</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+458</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел жилищно-коммунального хозяйства, пассажирского транспорта и автомобильных дорог района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+250 173,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-250 173,1</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение безопасности дорожного движения в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+250 173,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-250 173,1</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Социальная помощь и социальное обеспечение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 393 553,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-5 393 553,7</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+451</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел занятости и социальных программ района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 005 451,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-5 005 451,3</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по реализации государственной политики на местном уровне в области обеспечения занятости и реализации социальных программ для населения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+194 193,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-194 193,5</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+004</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оказание социальной помощи на приобретение топлива специалистам здравоохранения, образования, социального обеспечения, культуры, спорта и ветеринарии в сельской местности в соответствии с законодательством Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 470,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-10 470,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+005</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственная адресная социальная помощь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+451 968,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-451 968,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оказание жилищной помощи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 033,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-5 033,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+007</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Социальная помощь отдельным категориям нуждающихся граждан по решениям местных представительных органов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+608 573,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-608 573,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Материальное обеспечение детей с инвалидностью, воспитывающихся и обучающихся на дому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41 651,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-41 651,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оплата услуг по зачислению, выплате и доставке пособий и других социальных выплат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 863,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-8 863,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Социальная адаптация лиц, не имеющих определенного местожительства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+220 371,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-220 371,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Территориальные центры социального обслуживания пенсионеров и лиц с инвалидностью</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+918 644,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-918 644,3</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+017</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение нуждающихся лиц с инвалидностью протезно-ортопедическими, сурдотехническими и тифлотехническими средствами, специальными средствами передвижения, обязательными гигиеническими средствами, а также предоставление услуг санаторно-курортного лечения, специалиста жестового языка, индивидуальных помощников в соответствии с индивидуальной программой реабилитации лица с инвалидностью</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 214 452,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-2 214 452,3</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+524,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-524,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+050</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение прав и улучшение качества жизни лиц с инвалидностью в Республике Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+223 982,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-223 982,5</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+054</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Размещение государственного социального заказа в неправительственных организациях</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26 654,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-26 654,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+067</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы подведомственных государственных учреждений и организаций</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39 571,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-39 571,7</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+094</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Предоставление жилищных сертификатов как социальная помощь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-40 500,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+458</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел жилищно-коммунального хозяйства, пассажирского транспорта и автомобильных дорог района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+388 102,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-388 102,4</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+068</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Социальная поддержка отдельных категорий граждан в виде льготного, бесплатного проезда на городском общественном транспорте (кроме такси) по решению местных представительных органов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+388 102,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-388 102,4</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+72 118 902,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-72 118 902,4</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+458</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел жилищно-коммунального хозяйства, пассажирского транспорта и автомобильных дорог района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7 841 474,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-7 841 474,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 501 543,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-3 501 543,9</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+016</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+53 170,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-53 170,2</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+017</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Содержание мест захоронений и захоронение безродных</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 702,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-25 702,5</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+018</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 853 537,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-2 853 537,4</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+029</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Развитие системы водоснабжения и водоотведения </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 407 520,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-1 407 520,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+467</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел строительства района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60 596 778,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-60 596 778,8</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Проектирование и (или) строительство, реконструкция жилья коммунального жилищного фонда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12 312 498,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-12 312 498,6</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+004</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Проектирование, развитие и (или) обустройство инженерно-коммуникационной инфраструктуры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44 936 681,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-44 936 681,2</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+098</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Приобретение жилья коммунального жилищного фонда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 347 599,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-3 347 599,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+491</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел жилищных отношений района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 680 649,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-3 680 649,6</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по реализации государственной политики на местном уровне в области жилищного фонда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+106 654,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-106 654,5</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 495,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-2 495,5</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+005</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Организация сохранения государственного жилищного фонда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+412 246,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-412 246,2</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+032</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы подведомственных государственных учреждений и организаций</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+985,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-985,5</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+059</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Текущий и капитальный ремонт фасадов, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика населенному пункту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+698 616,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-698 616,9</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+098</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Приобретение жилья коммунального жилищного фонда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 459 651,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-2 459 651,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Культура, спорт, туризм и информационное пространство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 598 302,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-2 598 302,3</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+455</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел культуры и развития языков района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 649 544,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-1 649 544,4</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по реализации государственной политики на местном уровне в области развития языков и культуры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37 201,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-37 201,5</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поддержка культурно-досуговой работы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+896 535,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-896 535,7</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционирование районных (городских) библиотек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+407 629,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-407 629,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+007</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Развитие государственного языка и других языков народа Казахстана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 448,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-2 448,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+329,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-329,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+032</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы подведомственных государственных учреждений и организаций</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+305 401,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-305 401,2</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+456</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел внутренней политики района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+380 594,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-380 594,4</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по реализации государственной политики на местном уровне в области информации, укрепления государственности и формирования социального оптимизма граждан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+68 391,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-68 391,5</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+002</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по проведению государственной информационной политики</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+196 677,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-196 677,2</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Реализация мероприятий в сфере молодежной политики</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+112 915,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-112 915,7</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-55,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+032</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы подведомственных государственных учреждений и организаций</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 555,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-2 555,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+467</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел строительства района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+396 520,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-396 520,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Развитие объектов спорта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+396 520,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-396 520,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+804</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел физической культуры, спорта и туризма района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+171 643,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-171 643,5</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по реализации государственной политики на местном уровне в сфере физической культуры, спорта и туризма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47 442,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-47 442,5</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-55,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+004</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Регулирование туристической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9 945,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-9 945,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+005</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Развитие массового спорта и национальных видов спорта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25 422,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-25 422,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Проведение спортивных соревнований на районном (города областного значения) уровне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60 697,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-60 697,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+007</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подготовка и участие членов сборных команд района (города областного значения) по различным видам спорта на областных спортивных соревнованиях</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28 082,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-28 082,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сельское, водное, лесное, рыбное хозяйство, особо охраняемые природные территории, охрана окружающей среды и животного мира, земельные отношения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+79 450,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-79 450,2</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+453</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел экономики и бюджетного планирования района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 701,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-5 701,4</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+099</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Реализация мер по оказанию социальной поддержки специалистов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 701,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-5 701,4</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+458</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел жилищно-коммунального хозяйства, пассажирского транспорта и автомобильных дорог района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+53 748,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-53 748,8</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+071</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мероприятия по охране окружающей среды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+53 748,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-53 748,8</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+486</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел земельных отношений, архитектуры и градостроительства района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-20 000,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Землеустройство, проводимое при установлении границ районов, городов областного значения, районного значения, сельских округов, поселков, сел</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-20 000,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Промышленность, архитектурная, градостроительная и строительная деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 641 620,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-1 641 620,2</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+467</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел строительства района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 368 345,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-1 368 345,3</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по реализации государственной политики на местном уровне в области строительства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 366 544,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-1 366 544,9</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+017</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 800,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-1 800,4</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+486</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел земельных отношений, архитектуры и градостроительства района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+273 274,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-273 274,9</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+004</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Разработка схем градостроительного развития территории района и генеральных планов населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+273 274,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-273 274,9</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27 007 145,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-27 007 145,6</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+458</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел жилищно-коммунального хозяйства, пассажирского транспорта и автомобильных дорог района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27 007 145,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-27 007 145,6</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Развитие транспортной инфраструктуры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 386 673,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-6 386 673,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 758 953,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-6 758 953,7</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Организация внутрипоселковых (внутригородских), пригородных и внутрирайонных общественных пассажирских перевозок</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-60 000,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+037</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Субсидирование пассажирских перевозок по социально значимым городским (сельским), пригородным и внутрирайонным сообщениям</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 809 486,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-8 809 486,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальный и средний ремонт автомобильных дорог районного значения и улиц населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 992 032,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-4 992 032,9</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 171 159,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-1 171 159,7</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+452</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел финансов района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 076 561,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-1 076 561,2</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+012</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Резерв местного исполнительного органа района (города областного значения) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 076 561,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-1 076 561,2</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+454</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел предпринимательства и сельского хозяйства района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+94 598,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-94 598,5</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поддержка предпринимательской деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27 403,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-27 403,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поддержка субъектов предпринимательства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+67 195,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-67 195,5</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обслуживание долга</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+892 204,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-892 204,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+452</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел финансов района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+892 204,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-892 204,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обслуживание долга местных исполнительных органов по выплате вознаграждений и иных платежей по займам из областного бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+892 204,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-892 204,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43 097 791,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-43 097 791,8</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+452</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел финансов района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43 097 791,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-43 097 791,8</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+269 310,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-269 310,6</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Целевые текущие трансферты из нижестоящего бюджета на компенсацию потерь вышестоящего бюджета в связи с изменением законодательства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42 828 480,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-42 828 480,2</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+054</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат сумм неиспользованных (недоиспользованных) целевых трансфертов, выделенных из республиканского бюджета за счет целевого трансферта из Национального фонда Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-1,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+III. ЧИСТОЕ БЮДЖЕТНОЕ КРЕДИТОВАНИЕ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-321 522,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...163 lines deleted...]
--321 522,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджетные кредиты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7 864,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...163 lines deleted...]
-7 864,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сельское, водное, лесное, рыбное хозяйство, особо охраняемые природные территории, охрана окружающей среды и животного мира, земельные отношения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7 864,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-7 864,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+453</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел экономики и бюджетного планирования района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7 864,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-7 864,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджетные кредиты для реализации мер социальной поддержки специалистов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7 864,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-7 864,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+329 386,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-329 386,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+IV. САЛЬДО ПО ОПЕРАЦИЯМ С ФИНАНСОВЫМИ АКТИВАМИ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 599 424,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...163 lines deleted...]
-1 599 424,8</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Приобретение финансовых активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 599 424,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-1 599 424,8</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+458</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел жилищно-коммунального хозяйства, пассажирского транспорта и автомобильных дорог района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 599 424,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-1 599 424,8</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+065</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Формирование или увеличение уставного капитала юридических лиц</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 599 424,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-1 599 424,8</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи финансовых активов государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-0,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+V. ДЕФИЦИТ (ПРОФИЦИТ) БЮДЖЕТА </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-34 745 440,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...163 lines deleted...]
--34 745 440,3</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+VII. ФИНАНСИРОВАНИЕ ДЕФИЦИТА БЮДЖЕТА (ИСПОЛЬЗОВАНИЕ ПРОФИЦИТА)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34 745 440,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...163 lines deleted...]
-34 745 440,3</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45 571 091,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-45 571 091,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Внутренние государственные займы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45 571 091,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-45 571 091,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Договоры займа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45 571 091,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-45 571 091,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11 759 974,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-11 759 974,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+452</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отдел финансов района (города областного значения)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11 759 974,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-11 759 974,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение долга местного исполнительного органа перед вышестоящим бюджетом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11 759 974,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-11 759 974,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+934 323,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...167 lines deleted...]
-934 323,3</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+934 323,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...244 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-934 323,3</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+934 323,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>