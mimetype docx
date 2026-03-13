--- v0 (2025-11-08)
+++ v1 (2026-03-13)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3a9d368" w14:textId="3a9d368">
+    <w:p w14:paraId="1f11506" w14:textId="1f11506">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,70 +85,163 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении положения государственного учреждения "Управление предпринимательства и промышленности Восточно-Казахстанской области"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...18 lines deleted...]
-      <w:bookmarkStart w:name="z5" w:id="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Утративший силу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Постановление Восточно-Казахстанского областного акимата от 30 апреля 2025 года № 104. Утратило силу постановлением Восточно-Казахстанского областного акимата от 21 января 2026 года № 8</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Утратило силу постановлением Восточно-Казахстанского областного акимата от 21.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -195,211 +290,226 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 164</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О государственном имуществе" и постановлением Восточно-Казахстанского областного акимата от 11 апреля 2025 года № 85 "О некоторых вопросах структуры и лимитов штатной численности местных исполнительных органов", Восточно-Казахстанский областной акимат ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>положение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> государственного учреждения "Управление предпринимательства и промышленности Восточно-Казахстанской области" согласно приложению к настоящему постановлению.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z7" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Управлению предпринимательства и промышленности Восточно-Казахстанской области обеспечить:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z8" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) в течение пяти дней со дня подписания настоящего постановления направление его копии в электронном виде на казахском и русском языках в Республиканское государственное предприятие на праве хозяйственного ведения "Институт законодательства и правовой информации Республики Казахстан" для опубликования в Эталонном контрольном банке нормативных правовых актов Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
-[...15 lines deleted...]
-      2. Управлению предпринимательства и промышленности Восточно-Казахстанской области обеспечить:</w:t>
+    <w:bookmarkStart w:name="z9" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) принятие иных мер, вытекающих из настоящего постановления.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z8" w:id="3"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z10" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Отменить постановление Восточно-Казахстанского областного акимата от 10 февраля 2022 года № 28 "Об утверждении положения государственного учреждения "Управление предпринимательства и индустриально-инновационного развития Восточно-Казахстанской области". </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z11" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Контроль за исполнением настоящего постановления возложить на заместителя акима курирующего вопросы предпринимательства и промышленности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z12" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Настоящее постановление вводится в действие со дня его первого официального опубликования.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z11" w:id="6"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -616,3342 +726,3657 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">областного акимата </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от "30" апреля 2025 года № 104</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z15" w:id="8"/>
+    <w:bookmarkStart w:name="z15" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение  о государственном учреждении  "Управление предпринимательства и промышленности Восточно-Казахстанской области"</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z16" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z17" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственное учреждение "Управление предпринимательства и промышленности Восточно-Казахстанской области" (далее - Управление) является государственным органом Республики Казахстан, осуществляющим руководство в сферах развития промышленного потенциала, частного предпринимательства и торговли.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z16" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...27 lines deleted...]
-    <w:bookmarkStart w:name="z18" w:id="11"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Управление осуществляет свою деятельность в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституцией</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим Положением.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Управление является юридическим лицом в организационно-правовой форме государственного учреждения, имеет печати с изображением Государственного Герба Республики Казахстан и штампы со своим наименованием на государственном языке, бланки установленного образца, счета в органах казначейства в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z20" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Управление вступает в гражданско-правовые отношения от собственного имени.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z21" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Управление имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z22" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Управление по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами руководителя Управления другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z19" w:id="12"/>
-[...15 lines deleted...]
-      3. Управление является юридическим лицом в организационно-правовой форме государственного учреждения, имеет печати с изображением Государственного Герба Республики Казахстан и штампы со своим наименованием на государственном языке, бланки установленного образца, счета в органах казначейства в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z23" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Структура и лимит штатной численности Управления утверждаются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z20" w:id="13"/>
-[...15 lines deleted...]
-      4. Управление вступает в гражданско-правовые отношения от собственного имени.</w:t>
+    <w:bookmarkStart w:name="z24" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Местонахождение юридического лица: 070019, Республики Казахстан, Восточно-Казахстанская область, города Усть-Каменогорск, улица М. Горького, 40.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z21" w:id="14"/>
-[...15 lines deleted...]
-      5. Управление имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z25" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Полное наименование государственного органа: государственное учреждение "Управление предпринимательства и промышленности Восточно-Казахстанской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z22" w:id="15"/>
-[...15 lines deleted...]
-      6. Управление по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами руководителя Управления другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Настоящее Положение является учредительным документом настоящего Управления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Финансирование деятельности Управления осуществляется из республиканского и (или) местных бюджетов в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z23" w:id="16"/>
-[...15 lines deleted...]
-      7. Структура и лимит штатной численности Управления утверждаются в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z28" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Управлению запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями Управления.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z24" w:id="17"/>
-[...15 lines deleted...]
-      8. Местонахождение юридического лица: 070019, Республики Казахстан, Восточно-Казахстанская область, города Усть-Каменогорск, улица М. Горького, 40.</w:t>
+    <w:bookmarkStart w:name="z29" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если Управлению законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то полученные доходы направляются в государственный бюджет, если иное не установлено законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z25" w:id="18"/>
-[...15 lines deleted...]
-      9. Полное наименование государственного органа: государственное учреждение "Управление предпринимательства и промышленности Восточно-Казахстанской области".</w:t>
+    <w:bookmarkStart w:name="z30" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Задачи и полномочия государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z26" w:id="19"/>
-[...15 lines deleted...]
-      10. Настоящее Положение является учредительным документом настоящего Управления.</w:t>
+    <w:bookmarkStart w:name="z31" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Задачи:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z27" w:id="20"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z30" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...27 lines deleted...]
-    <w:bookmarkStart w:name="z32" w:id="25"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) реализация государственной политики по поддержке и развитию частного предпринимательства, промышленности, недропользования, торговли в пределах, установленных действующим </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>законодательством</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z33" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обеспечение эффективного взаимодействия государства и бизнеса в процессе развития приоритетных секторов экономики.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z34" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Полномочия:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z35" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Права:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z36" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      запрашивать и получать от государственных органов, должностных лиц иных организаций и физических лиц информацию, необходимую для осуществления функций, возложенных на Управление, с соблюдением установленных законодательными актами Республики Казахстан требований к разглашению сведений, составляющих коммерческую и иную охраняемую законом тайну;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z37" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заключать меморандумы (соглашения) с руководителями центральных и местных исполнительных органов в регулируемых сферах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z38" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      привлекать к работе специалистов государственных органов и иных организаций, а также иностранных и местных экспертов и специалистов при осуществлении возложенных на Управление функций;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z33" w:id="26"/>
-[...15 lines deleted...]
-      2) обеспечение эффективного взаимодействия государства и бизнеса в процессе развития приоритетных секторов экономики.</w:t>
+    <w:bookmarkStart w:name="z39" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      взаимодействовать с другими государственными органами, некоммерческими и международными организациями в порядке, определенном законодательными актами Республики Казахстан, а также на основании совместных актов соответствующих государственных органов по согласованию с ними;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z34" w:id="27"/>
-[...15 lines deleted...]
-      14. Полномочия:</w:t>
+    <w:bookmarkStart w:name="z40" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участвовать в разработке программ, утверждаемых акиматом и маслихатом Восточно-Казахстанской области;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z35" w:id="28"/>
-[...119 lines deleted...]
-    <w:bookmarkStart w:name="z41" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       выступать ответчиком, истцом, третьим лицом, в том числе от имени акима области, акимата области в судах и других государственных органах в порядке, установленном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>законодательством</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z42" w:id="35"/>
+    <w:bookmarkStart w:name="z42" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       по решению местного исполнительного органа области осуществлять права владения и пользования государственным пакетом акций акционерных обществ и долями участия в товариществах с ограниченной ответственностью, находящихся в составе областного коммунального имущества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z43" w:id="36"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z43" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять иные права, предусмотренные законодательными актами, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z44" w:id="37"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z44" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обязанности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z45" w:id="38"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z45" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       соблюдать законодательство Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z46" w:id="39"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z46" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       не разглашать информацию, составляющую коммерческую, служебную, иную охраняемую законом тайну, полученную при осуществлении своих полномочий, за исключением случаев, установленных законами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z47" w:id="40"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       принимать и рассматривать обращения физических и юридических лиц в порядке и сроки, установленные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Административным процедурно-процессуальным кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z48" w:id="41"/>
+    <w:bookmarkStart w:name="z48" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечивать своевременное и качественное исполнение поручений Главы государства, Администрации Президента Республики Казахстан и Правительства Республики Казахстан, а также иных вышестоящих государственных органов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z49" w:id="42"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z49" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечивать полное, своевременное и эффективное использование бюджетных средств, выделенных Управлению;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z50" w:id="43"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z50" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       координировать работу по подготовке аналитической справки акиму области о ходе разъяснения курса реформ, других государственных программных документов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z51" w:id="44"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z51" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оказывать государственные услуги в соответствии с подзаконными нормативными правовыми актами, определяющими порядок оказания государственных услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z52" w:id="45"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z52" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       создавать необходимые условия для лиц с ограниченными возможностями при получении ими государственных услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z53" w:id="46"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z53" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       предоставлять полную и достоверную информацию о порядке оказания государственных услуг услугополучателям в доступной форме;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z54" w:id="47"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       предоставлять центральным государственным органам, местным исполнительным органам областей, городов республиканского значения, столицы, районов, городов областного значения, акимам районов в городе, городов районного значения, поселков, сел, сельских округов, иным услугодателям, Государственной корпорации документы и информацию, необходимые для оказания государственных услуг, в том числе посредством интеграции информационных систем, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>законодательством</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z55" w:id="48"/>
+    <w:bookmarkStart w:name="z55" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       повышать квалификацию работников в сфере оказания государственных услуг, а также обучать навыкам общения с лицами с инвалидностью;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z56" w:id="49"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       рассматривать жалобы услугополучателей и информировать их о результатах рассмотрения в сроки, установленные действующим </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>законодательством</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z57" w:id="50"/>
+    <w:bookmarkStart w:name="z57" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечивать возможность получения информации услугополучателями о стадии исполнения государственной услуги;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z58" w:id="51"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z58" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимать меры, направленные на восстановление нарушенных прав, свобод и законных интересов услугополучателей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z59" w:id="52"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z59" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечивать бесперебойное функционирование информационных систем, используемых для оказания государственных услуг, а также содержащих необходимые актуальные сведения для их оказания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z60" w:id="53"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z60" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечивать внесение данных в информационную систему мониторинга оказания государственных услуг о стадии оказания государственной услуги в порядке, установленном уполномоченным органом в сфере информатизации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z61" w:id="54"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       получать письменное согласие или согласие, подтвержденное электронной цифровой подписью, либо согласие посредством абонентского устройства сотовой связи услугополучателя на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>законами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z62" w:id="55"/>
+    <w:bookmarkStart w:name="z62" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       использовать электронные документы из сервиса цифровых документов для оказания государственных услуг в случаях, предусмотренных подзаконными нормативными правовыми актами, определяющими порядок оказания государственных услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z63" w:id="56"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       отказывать в оказании государственных услуг в случаях и по основаниям, которые установлены </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>законами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z64" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществлять иные обязанности, предусмотренные законодательными актами, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z65" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Функции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z66" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осуществляет реализацию государственной политики в области поддержки и развития частного предпринимательства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z67" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) создает условия для развития частного предпринимательства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z68" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) обеспечивает и несет ответственность за реализацию и исполнение государственных программ в области поддержки и развития частного предпринимательства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z69" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) обеспечивает создание и развитие в регионе объектов инфраструктуры поддержки малого и среднего предпринимательства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z70" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) вносит предложения по определению стратегии развития взаимоотношений местных исполнительных органов с объединениями субъектов частного предпринимательства, Национальной палатой и объектами рыночной инфраструктуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z71" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) организует деятельность экспертного совета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z72" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) обеспечивает государственную поддержку малого и среднего бизнеса на местном уровне;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z73" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) организуют обучение, подготовку, переподготовку и повышение квалификации специалистов и персонала для субъектов малого и среднего предпринимательства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z74" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) осуществляет в пределах компетенции продвижение несырьевого экспорта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z75" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) создает условия в пределах компетенции для развития несырьевого экспорта;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z64" w:id="57"/>
-[...15 lines deleted...]
-      осуществлять иные обязанности, предусмотренные законодательными актами, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z76" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) вносит предложения в центральный уполномоченный орган по государственному планированию по определению приоритетных секторов экономики;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z65" w:id="58"/>
-[...15 lines deleted...]
-      15. Функции:</w:t>
+    <w:bookmarkStart w:name="z77" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) рассматривает результаты анализа регуляторного воздействия и дает заключение о соблюдении разработчиками проектов актов регионального значения, региональной палатой и другими заинтересованными лицами установленных процедур;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z66" w:id="59"/>
-[...15 lines deleted...]
-      1) осуществляет реализацию государственной политики в области поддержки и развития частного предпринимательства;</w:t>
+    <w:bookmarkStart w:name="z78" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) предоставление в уполномоченный орган по предпринимательству отчетов о состоянии работы по анализу регуляторного воздействия;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z67" w:id="60"/>
-[...15 lines deleted...]
-      2) создает условия для развития частного предпринимательства;</w:t>
+    <w:bookmarkStart w:name="z79" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) в случае несогласия с выводами анализа регуляторного воздействия проводит альтернативный анализ регуляторного воздействия;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z68" w:id="61"/>
-[...15 lines deleted...]
-      3) обеспечивает и несет ответственность за реализацию и исполнение государственных программ в области поддержки и развития частного предпринимательства;</w:t>
+    <w:bookmarkStart w:name="z80" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) выдача ходатайства на продление или сокращения срока действия разрешений на временное проживание бизнес-эмигрантов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z69" w:id="62"/>
-[...15 lines deleted...]
-      4) обеспечивает создание и развитие в регионе объектов инфраструктуры поддержки малого и среднего предпринимательства;</w:t>
+    <w:bookmarkStart w:name="z81" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) организует и проводит Единый день отчет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z70" w:id="63"/>
-[...15 lines deleted...]
-      5) вносит предложения по определению стратегии развития взаимоотношений местных исполнительных органов с объединениями субъектов частного предпринимательства, Национальной палатой и объектами рыночной инфраструктуры;</w:t>
+    <w:bookmarkStart w:name="z82" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) предоставляет право недропользования для проведения операций по добыче общераспространенных полезных ископаемых и старательства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z71" w:id="64"/>
-[...15 lines deleted...]
-      6) организует деятельность экспертного совета;</w:t>
+    <w:bookmarkStart w:name="z83" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) предоставляет право на разведку или добычу общераспространенных полезных ископаемых, используемых для строительства (реконструкции) и ремонта автомобильных дорог общего пользования, железных дорог, находящихся в государственной собственности, а также для реконструкции и ремонта гидросооружений и гидротехнических сооружений, путем выдачи письменного разрешения по согласованию с территориальными подразделениями уполномоченного органа по изучению недр и уполномоченного органа в области охраны окружающей среды в порядке, определенном уполномоченным органом в области твердых полезных ископаемых;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z72" w:id="65"/>
-[...15 lines deleted...]
-      7) обеспечивает государственную поддержку малого и среднего бизнеса на местном уровне;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) осуществляет контроль за соблюдением недропользователями условий лицензий на добычу общераспространенных полезных ископаемых, на старательство и контрактов, заключенных до введения в действие Кодекса Республики Казахстан "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>О недрах и недропользовании</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) осуществляет государственный контроль за проведением операций по добыче общераспространенных полезных ископаемых, старательства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) осуществляет контроль за соблюдением недропользователями условий старательства, предусмотренных лицензией на старательство и Кодексом Республики Казахстан "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>О недрах и недропользовании</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z86" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) регулирует застройку территорий залегания полезных ископаемых;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z73" w:id="66"/>
-[...15 lines deleted...]
-      8) организуют обучение, подготовку, переподготовку и повышение квалификации специалистов и персонала для субъектов малого и среднего предпринимательства;</w:t>
+    <w:bookmarkStart w:name="z87" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) выдает разрешение на застройку территорий залегания полезных ископаемых в порядке, определяемом уполномоченным органом по изучению недр;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z74" w:id="67"/>
-[...15 lines deleted...]
-      9) осуществляет в пределах компетенции продвижение несырьевого экспорта;</w:t>
+    <w:bookmarkStart w:name="z88" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) обеспечивает доступ к информации о выданных лицензиях на добычу общераспространенных полезных ископаемых и лицензиях на старательство;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z75" w:id="68"/>
-[...15 lines deleted...]
-      10) создает условия в пределах компетенции для развития несырьевого экспорта;</w:t>
+    <w:bookmarkStart w:name="z89" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) рассматривает проекты документов по стандартизации в пределах компетенции, а также подготавливает предложения по разработке, внесению изменений, пересмотру и отмене национальных, межгосударственных стандартов, национальных классификаторов технико-экономической информации и рекомендаций по стандартизации для внесения в уполномоченный орган в сфере стандартизации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z76" w:id="69"/>
-[...15 lines deleted...]
-      11) вносит предложения в центральный уполномоченный орган по государственному планированию по определению приоритетных секторов экономики;</w:t>
+    <w:bookmarkStart w:name="z90" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) выдает разрешение на переход права недропользования и объектов, связанных с правом недропользования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z77" w:id="70"/>
-[...15 lines deleted...]
-      12) рассматривает результаты анализа регуляторного воздействия и дает заключение о соблюдении разработчиками проектов актов регионального значения, региональной палатой и другими заинтересованными лицами установленных процедур;</w:t>
+    <w:bookmarkStart w:name="z91" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27) производит регистрацию залога права недропользования (доли в праве недропользования) в порядке, определяемом уполномоченным органом в сфере регистрации залога движимого имущества;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z78" w:id="71"/>
-[...15 lines deleted...]
-      13) предоставление в уполномоченный орган по предпринимательству отчетов о состоянии работы по анализу регуляторного воздействия;</w:t>
+    <w:bookmarkStart w:name="z92" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28) организует работу рабочей группы по проведению переговоров по внесению изменений и дополнений в контракты на недропользование;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z79" w:id="72"/>
-[...15 lines deleted...]
-      14) в случае несогласия с выводами анализа регуляторного воздействия проводит альтернативный анализ регуляторного воздействия;</w:t>
+    <w:bookmarkStart w:name="z93" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29) организует работу экспертной комиссии по вопросам недропользования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z80" w:id="73"/>
-[...15 lines deleted...]
-      15) выдача ходатайства на продление или сокращения срока действия разрешений на временное проживание бизнес-эмигрантов;</w:t>
+    <w:bookmarkStart w:name="z94" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30) организует работу комиссии по контрактам на добычу общераспространенных полезных ископаемых;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z81" w:id="74"/>
-[...15 lines deleted...]
-      16) организует и проводит Единый день отчет;</w:t>
+    <w:bookmarkStart w:name="z95" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31) организует работу комиссии по ликвидации последствий операций по добыче общераспространенных полезных ископаемых;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z82" w:id="75"/>
-[...15 lines deleted...]
-      17) предоставляет право недропользования для проведения операций по добыче общераспространенных полезных ископаемых и старательства;</w:t>
+    <w:bookmarkStart w:name="z96" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32) организует работу комиссии по ликвидации последствий старательства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z83" w:id="76"/>
-[...15 lines deleted...]
-      18) предоставляет право на разведку или добычу общераспространенных полезных ископаемых, используемых для строительства (реконструкции) и ремонта автомобильных дорог общего пользования, железных дорог, находящихся в государственной собственности, а также для реконструкции и ремонта гидросооружений и гидротехнических сооружений, путем выдачи письменного разрешения по согласованию с территориальными подразделениями уполномоченного органа по изучению недр и уполномоченного органа в области охраны окружающей среды в порядке, определенном уполномоченным органом в области твердых полезных ископаемых;</w:t>
+    <w:bookmarkStart w:name="z97" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33) по согласованию с территориальными органами уполномоченного органа в области охраны окружающей среды, определяет территорию для лицензий на старательство;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z84" w:id="77"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">"; </w:t>
+    <w:bookmarkStart w:name="z98" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34) отзывает лицензии на старательство при наличии оснований;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:p>
-[...53 lines deleted...]
-        <w:t>";</w:t>
+    <w:bookmarkStart w:name="z99" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35) осуществляет выдачу разрешений о начале деятельности по сбору (заготовке), хранению, переработке и реализации юридическими лицами лома и отходов цветных и черных металлов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z86" w:id="79"/>
-[...15 lines deleted...]
-      22) регулирует застройку территорий залегания полезных ископаемых;</w:t>
+    <w:bookmarkStart w:name="z100" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36) обеспечивает проведение торговой политики;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z87" w:id="80"/>
-[...15 lines deleted...]
-      23) выдает разрешение на застройку территорий залегания полезных ископаемых в порядке, определяемом уполномоченным органом по изучению недр;</w:t>
+    <w:bookmarkStart w:name="z101" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37) осуществляет в пределах своей компетенции регулирование деятельности субъектов торговой деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z88" w:id="81"/>
-[...15 lines deleted...]
-      24) обеспечивает доступ к информации о выданных лицензиях на добычу общераспространенных полезных ископаемых и лицензиях на старательство;</w:t>
+    <w:bookmarkStart w:name="z102" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38) разрабатывает меры по созданию условий, благоприятствующих торговой деятельности на территории Восточно-Казахстанской области;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z89" w:id="82"/>
-[...15 lines deleted...]
-      25) рассматривает проекты документов по стандартизации в пределах компетенции, а также подготавливает предложения по разработке, внесению изменений, пересмотру и отмене национальных, межгосударственных стандартов, национальных классификаторов технико-экономической информации и рекомендаций по стандартизации для внесения в уполномоченный орган в сфере стандартизации;</w:t>
+    <w:bookmarkStart w:name="z103" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39) разрабатывает предложения по минимальным нормативам обеспеченности населения торговой площадью;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z90" w:id="83"/>
-[...15 lines deleted...]
-      26) выдает разрешение на переход права недропользования и объектов, связанных с правом недропользования;</w:t>
+    <w:bookmarkStart w:name="z104" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40) разрабатывает и реализует меры по достижению минимального норматива обеспеченности населения торговой площадью;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z91" w:id="84"/>
-[...15 lines deleted...]
-      27) производит регистрацию залога права недропользования (доли в праве недропользования) в порядке, определяемом уполномоченным органом в сфере регистрации залога движимого имущества;</w:t>
+    <w:bookmarkStart w:name="z105" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41) осуществляет организацию выставок и ярмарок;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z92" w:id="85"/>
-[...15 lines deleted...]
-      28) организует работу рабочей группы по проведению переговоров по внесению изменений и дополнений в контракты на недропользование;</w:t>
+    <w:bookmarkStart w:name="z106" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42) в пределах своей компетенции утверждает предельно допустимые розничные цены на социально значимые продовольственные товары;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z93" w:id="86"/>
-[...279 lines deleted...]
-    <w:bookmarkStart w:name="z107" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       43) организует прием уведомлений в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>законодательством</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан о разрешениях и уведомлениях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z108" w:id="101"/>
+    <w:bookmarkStart w:name="z108" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44) проводит альтернативный анализ регуляторного воздействия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z109" w:id="102"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z109" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45) представляет в уполномоченный орган по предпринимательству отчеты о состоянии работы по анализу регуляторного воздействия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z110" w:id="103"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z110" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46) осуществляют государственный контроль за соблюдением размера предельно допустимых розничных цен на социально значимые продовольственные товары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z111" w:id="104"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z111" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47) осуществляют государственный контроль за соблюдением размера торговой надбавки на социально значимые продовольственные товары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z112" w:id="105"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       48) осуществляют государственный контроль за соблюдением размера вознаграждения, установленного </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>законодательством</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан о регулировании торговой деятельности;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z113" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49) вносит предложения по утверждению пороговых значений розничных цен на социально значимые продовольственные товары и размера предельно допустимых розничных цен на социально значимые продовольственные товары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z114" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50) разработывает и реализует инвестиционные проекты, направленные на развитие торговой инфраструктуры</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z115" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51) применяет меры экономического стимулирования субъектов внутренней торговли, в том числе осуществляющих торговлю продовольственными товарами отечественного производства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z116" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52) развивает электронную торговлю;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z117" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53) развивает приграничную торговлю;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z118" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54) развивает отечественные торговые сети;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z119" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55) стимулирует деловую активность субъектов внутренней торговли путем организации и проведения выставок в области торговой деятельности, ярмарок.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z120" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56) организует работу научного совета для решения проблемных вопросов промышленных предприятий Восточно-Казахстанской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z121" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57) определяет приоритетные направления развития науки в регионе и организуют финансирование научных, научно-технических проектов и программ, реализуемых в регионе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z122" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58) участвует в разработке предложений и реализации государственной политики в области науки и научно-технической деятельности, координации работы по проведению прикладных научных исследований в регионе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z123" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      59) обеспечивает проведение государственной политики в области коммерциализации результатов научной и (или) научно-технической деятельности на соответствующей территории;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z124" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      60) оказывает содействие по привлечению грантов и инвестиций субъектов частного предпринимательства для финансирования проектов коммерциализации результатов научной и (или) научно-технической деятельности, участвуют в их софинансировании;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z125" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      61) осуществляет меры по обеспечению взаимодействия субъектов частного предпринимательства, квазигосударственного сектора с субъектами научной и (или) научно-технической деятельности с целью создания совместных производств, осуществляющих выпуск продукции и (или) внедрение новых технологий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z126" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      62) создаҰт советы по науке для обеспечения взаимодействия субъектов частного предпринимательства (в том числе иностранных), квазигосударственного сектора с субъектами научной и (или) научно-технической деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z127" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      63) участвует в создании и (или) уставном капитале юридических лиц, деятельность которых заключается в коммерциализации (практическом применении) результатов научной и (или) научно-технической деятельности, в том числе стартап-компаний;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z128" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      64) осуществляет мониторинг реализации программ содействия коммерциализации результатов научной и (или) научно-технической деятельности;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z113" w:id="106"/>
-[...15 lines deleted...]
-      49) вносит предложения по утверждению пороговых значений розничных цен на социально значимые продовольственные товары и размера предельно допустимых розничных цен на социально значимые продовольственные товары;</w:t>
+    <w:bookmarkStart w:name="z129" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      65) участвует совместно с уполномоченным органом и отраслевыми уполномоченными органами в методическом обеспечении коммерциализации результатов научной и (или) научно-технической деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z114" w:id="107"/>
-[...15 lines deleted...]
-      50) разработывает и реализует инвестиционные проекты, направленные на развитие торговой инфраструктуры</w:t>
+    <w:bookmarkStart w:name="z130" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      66) вносит предложения по приоритетным направлениям развития науки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z115" w:id="108"/>
-[...15 lines deleted...]
-      51) применяет меры экономического стимулирования субъектов внутренней торговли, в том числе осуществляющих торговлю продовольственными товарами отечественного производства;</w:t>
+    <w:bookmarkStart w:name="z131" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      67) организовывает разработку прикладных научных, научно-технических проектов и программ в рамках государственного заказа и осуществляет их реализацию;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z116" w:id="109"/>
-[...15 lines deleted...]
-      52) развивает электронную торговлю;</w:t>
+    <w:bookmarkStart w:name="z132" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      68) утверждает отчеты по выполненным прикладным научным, научно-техническим проектам и программам в рамках государственного заказа местного исполнительного органа области, города республиканского значения и столицы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z117" w:id="110"/>
-[...15 lines deleted...]
-      53) развивает приграничную торговлю;</w:t>
+    <w:bookmarkStart w:name="z133" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      69) содействует занятости осужденных, отбывающих наказание в учреждениях уголовно-исполнительной системы, в том числе путем размещения заказов на товары, работы и услуги, производимые, выполняемые и оказываемые предприятиями и учреждениями уголовно-исполнительной системы, а также путем привлечения субъектов предпринимательства к открытию, расширению и модернизации на территории учреждений уголовно-исполнительной системы производств, использующих труд осужденных;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z118" w:id="111"/>
-[...319 lines deleted...]
-    <w:bookmarkStart w:name="z134" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       70) осуществляет в интересах местного государственного управления иные полномочия, возлагаемые на местные исполнительные органы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>законодательством</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z135" w:id="128"/>
+    <w:bookmarkStart w:name="z135" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Статус, полномочия руководителя государственного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z136" w:id="129"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z136" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Руководство Управлением осуществляется руководителем, который несет персональную ответственность за выполнение возложенных на Управление задач и осуществление им своих полномочий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z137" w:id="130"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z137" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Руководитель Управления назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z138" w:id="131"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z138" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Руководитель Управления имеет заместителя, который назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z139" w:id="132"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z139" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Полномочия руководителя Управления:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z140" w:id="133"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z140" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) организует и руководит работой Управления и несет персональную ответственность за выполнение возложенных на Управление задач и осуществление им своих функций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z141" w:id="134"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z141" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) определяет обязанности и полномочия заместителя Управления, руководителей отделов Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z142" w:id="135"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z142" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) принимает меры, направленные на противодействие коррупционным правонарушениям в Управлении и несет персональную ответственность за бездействие данных мер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z143" w:id="136"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z143" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) в соответствии с действующим законодательством назначает на должности и освобождает от должностей работников Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z144" w:id="137"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) в установленном действующим </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>законодательством</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> порядке поощряет, налагает дисциплинарные взыскания на работников Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z145" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) рассматривает поступившие петиции по вопросам организационной деятельности акима области в порядке, установленном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Административным процедурно-процессуальным кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z146" w:id="139"/>
+    <w:bookmarkStart w:name="z146" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) издает приказы в пределах своих полномочий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z147" w:id="140"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z147" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) утверждает положения об отделах и должностные инструкции работников Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z148" w:id="141"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z148" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) представляет интересы Управления в государственных органах, иных организациях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z149" w:id="142"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z149" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) осуществляет иные полномочия в соответствии с действующим законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z150" w:id="143"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z150" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исполнение полномочий руководителя Управления в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z151" w:id="144"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z151" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Руководитель определяет полномочия своего заместителя в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z152" w:id="145"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z152" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Имущество государственного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z153" w:id="146"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z153" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Управление может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z154" w:id="147"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Имущество Управления формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности, и иных источников, не запрещенных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>законодательством</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z155" w:id="148"/>
+    <w:bookmarkStart w:name="z155" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Имущество, закрепленное за Управлением относится к коммунальной собственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z156" w:id="149"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z156" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Управление не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z157" w:id="150"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z157" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение государственного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z158" w:id="151"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Реорганизация и упразднение Управления осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z159" w:id="152"/>
+    <w:bookmarkStart w:name="z159" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Организация, находящиеся в ведении Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z160" w:id="153"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z160" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Акционерное общество "Социально-предпринимательская корпорация "Ертіс".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkEnd w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -4281,35 +4706,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>