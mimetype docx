--- v0 (2025-11-13)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="54116fb" w14:textId="54116fb">
+    <w:p w14:paraId="f6e9b8f" w14:textId="f6e9b8f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -666,2892 +666,3037 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Положение о государственном учреждении  "Управление туризма Восточно-Казахстанской области"</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z15" w:id="5"/>
+        <w:t xml:space="preserve"> Положение государственного учреждения "Управление туризма Восточно-Казахстанской области"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Положение в редакции постановления - Восточно-Казахстанского областного акимата от 19.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z18" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственное учреждение "Управление туризма Восточно-Казахстанской области" (далее – Управление) является государственным органом Республики Казахстан, осуществляющим руководство в сфере реализации государственной политики по развитию туризма, привлечения инвестиции и внешне-экономических связей на территории Восточно-Казахстанской области.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z16" w:id="6"/>
-[...36 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z19" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Управление осуществляет свою деятельность в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституцией</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим Положением.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...35 lines deleted...]
-    <w:bookmarkStart w:name="z19" w:id="7"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z20" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Управление является юридическим лицом в организационно-правовой форме государственного учреждения, имеет печать с изображением Государственного Герба Республики Казахстан и штампы со своим наименованием на государственном языке, бланки установленного образца, счета в органах казначейства в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z21" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Управление вступает в гражданско-правовые отношения от собственного имени.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z20" w:id="8"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z22" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Управление имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z21" w:id="9"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z23" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Управление по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами руководителя Управления другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z22" w:id="10"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z24" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Структура и лимит штатной численности Управления утверждаются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z23" w:id="11"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z25" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Местонахождение юридического лица: 070019, Республики Казахстан, Восточно-Казахстанская область, города Усть-Каменогорск, улица М. Горького, 40.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z24" w:id="12"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z26" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Полное наименование государственного органа: государственное учреждение "Управление туризма Восточно-Казахстанской области".</w:t>
-      </w:r>
-[...54 lines deleted...]
-      11. Финансирование деятельности Управления осуществляется из республиканского и (или) местных бюджетов в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z27" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. Управлению запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями Управления.</w:t>
+      10. Настоящее Положение является учредительным документом настоящего Управления.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z28" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Если Управлению законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то полученные доходы направляются в государственный бюджет, если иное не установлено законодательством Республики Казахстан.</w:t>
+      11. Финансирование деятельности Управления осуществляется из республиканского и (или) местных бюджетов в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z29" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> Глава 2. Задачи и полномочия государственного органа</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Управлению запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями Управления.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z30" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. Задачи:</w:t>
+      Если Управлению законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то полученные доходы направляются в государственный бюджет, если иное не установлено законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z31" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      1) развитие туристских ресурсов;</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Задачи и полномочия государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z32" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) обеспечение транспортной доступности туристских дестинаций и объектов;</w:t>
+      13. Задачи:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z33" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) повышение качества и доступности туристских продуктов и услуг;</w:t>
+      1) формирование общерегионального пула инвестиционных проектов области во всех отраслях экономики стоимостью менее ста пятидесяти тысячекратного месячного расчетного показателя в соответствии с утвержденными критериями;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z34" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) создание благоприятного туристского климата;</w:t>
+      2) формирование инвестиционной программы региона для привлечения инвесторов с учетом потребностей области;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z35" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) формирование эффективной системы продвижения туристского потенциала области на внутреннем и международном рынках;</w:t>
+      3) организация работы регионального инвестиционного штаба с обеспечением рассмотрения и принятия решений по проблемным вопросам инвестиционных проектов области;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:bookmarkStart w:name="z36" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) совершенствование системы управления и мониторинга развития туристской отрасли;</w:t>
+      4) обеспечение представлений в уполномоченный государственный орган посредством Национальной цифровой инвестиционной платформы сведений о потенциальных и реализуемых инвестиционных проектах в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z37" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) развитие туристской индустрии, обеспечивающей потребности граждан при совершении путешествий;</w:t>
+      5) обеспечение в пределах своей компетенции сопровождение инвестиционных проектов в промышленность и горно-металлургическом секторе, включенных в общерегиональный пул инвестиционных проектов, по принципу "одного окна" во взаимодействии с заинтересованными учреждениями;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z38" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) создание новых рабочих мест, увеличение доходов государства и граждан Республики Казахстан за счет развития туристской индустрии;</w:t>
+      6) обеспечение инициирования процесса включения инвестиционных проектов в общенациональный пул инвестиционных проектов в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z39" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9) развитие международных контактов;</w:t>
+      7) обеспечение сопровождения инвестиционных проектов, включая создание паспорта проекта, формирование дорожной карты, взаимодействие с государственными органами и иными организациями для предоставления услуг инвестору, а также ведение проектов, включенных в "зеленый коридор", в пределах своей компетенции;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:bookmarkStart w:name="z40" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10) привлечение отечественных и иностранных инвестиций в область, повышение инвестиционной привлекательности региона в сфере туризма.</w:t>
+      8) развитие туристских ресурсов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:bookmarkStart w:name="z41" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14. Полномочия:</w:t>
+      9) повышение качества и доступности туристских продуктов и услуг;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:bookmarkStart w:name="z42" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) Права:</w:t>
+      10) создание благоприятного туристского климата;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:bookmarkStart w:name="z43" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      запрашивать и получать от государственных органов, должностных лиц иных организаций и физических лиц информацию, необходимую для осуществления функций, возложенных на Управление, с соблюдением установленных законодательными актами Республики Казахстан требований к разглашению сведений, составляющих коммерческую и иную охраняемую законом тайну;</w:t>
+      11) формирование эффективной системы продвижения туристского потенциала области на внутреннем и международном рынках;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:bookmarkStart w:name="z44" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      заключать меморандумы (соглашения) с руководителями центральных и местных исполнительных органов в регулируемых сферах;</w:t>
+      12) совершенствование системы управления и мониторинга развития туристской отрасли;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
     <w:bookmarkStart w:name="z45" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      привлекать к работе специалистов государственных органов и иных организаций, а также иностранных и местных экспертов и специалистов при осуществлении возложенных на Управление функций;</w:t>
+      13) развитие туристской индустрии, обеспечивающей потребности граждан при совершении путешествий;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:bookmarkStart w:name="z46" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      вносить предложения по заключению международных договоров (соглашений), проводить переговоры с соответствующими ведомствами зарубежных стран, международными организациями и иностранными юридическими лицами, заключать договоры (соглашения);</w:t>
+      14) создание новых рабочих мест, увеличение доходов государства и граждан Республики Казахстан за счет развития туристской индустрии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:bookmarkStart w:name="z47" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      взаимодействовать с другими государственными органами, некоммерческими и международными организациями в порядке, определенном законодательными актами Республики Казахстан, а также на основании совместных актов соответствующих государственных органов по согласованию с ними;</w:t>
+      15) развитие международных контактов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:bookmarkStart w:name="z48" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      16) привлечение отечественных и иностранных инвестиций в отрасли туризма области и повышение инвестиционной привлекательности региона;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z49" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) цифровизация туристской отрасли, включая развитие цифровых сервисов и платформ в сфере туризма, использование цифровых инструментов для привлечения инвестиций и развития международного сотрудничества, а также продвижение туристического потенциала Восточно-Казахстанской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z50" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      18) обеспечение кибербезопасности в сфере деятельности Управления, включая защиту информационных систем и цифровых ресурсов, используемых в сфере туризма, инвестиций и внешних связей, в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z51" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Полномочия:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z52" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Права:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z53" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      оформлять и подготавливать потребности, а также формировать заказы на инвестиции на основе экономических планов и приоритетов развития региона, установленных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z54" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивать реализацию процедур по формированию паспорта инвестиционного проекта в информационной системе Национальной цифровой инвестиционной платформы и исключению инвестиционных проектов из общерегионального пула инвестиционных проектов при наличии положительного решения регионального инвестиционного штаба;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z55" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивать направление посредством Национальной цифровой инвестиционной платформы в уполномоченный государственный орган запросов о приостановлении и (или) исключении инвестиционных проектов из общенационального пула инвестиционных проектов при наличии оснований, предусмотренных законодательством;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z56" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      назначать ответственное должностное лицо и обеспечивать принятие предусмотренных законодательством решений по дальнейшей работе с инвестиционной инициативой, являющейся предложением о реализации инвестиционного проекта, после ее получения в пределах своей компетенции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z57" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивать сопровождение инвесторов и предоставлять государственные и иные услуги для инвесторов посредством уполномоченных органов и организаций в пределах своей компетенции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z58" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      запрашивать и получать от государственных органов, должностных лиц иных организаций и физических лиц информацию, необходимую для осуществления функций, возложенных на Управление, с соблюдением установленных законодательными актами Республики Казахстан требований к разглашению сведений, составляющих коммерческую и иную охраняемую законом тайну;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z59" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заключать меморандумы (соглашения) с руководителями центральных и местных исполнительных органов в регулируемых сферах управления;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z60" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      привлекать к работе специалистов государственных органов и иных организаций, а также иностранных и местных экспертов и специалистов при осуществлении возложенных на Управление функций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z61" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      вносить предложения по заключению международных договоров (соглашений), проводить переговоры с соответствующими ведомствами зарубежных стран, международными организациями и иностранными юридическими лицами, заключать договоры (соглашения);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z62" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      взаимодействовать с другими государственными органами, некоммерческими и международными организациями в порядке, определенном законодательными актами Республики Казахстан, а также на основании совместных актов соответствующих государственных органов по согласованию с ними;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z63" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       участвовать в разработке программ, утверждаемых акиматом и маслихатом Восточно-Казахстанской области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z64" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       выступать ответчиком, истцом, третьим лицом, в том числе от имени акима области, акимата области в судах и других государственных органах в порядке, установленном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>законодательством</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z50" w:id="36"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z65" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять иные права, предусмотренные законодательными актами, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z51" w:id="37"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z66" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обязанности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z52" w:id="38"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z67" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       соблюдать законодательство Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z53" w:id="39"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z68" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       не разглашать информацию, составляющую коммерческую, служебную, иную охраняемую законом тайну, полученную при осуществлении своих полномочий, за исключением случаев, установленных законами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z69" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       принимать и рассматривать обращения физических и юридических лиц в порядке и сроки, установленные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Административным процедурно-процессуальным кодексом</w:t>
+        <w:t>Административным процедурно-процессуальным кодексом Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z70" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивать своевременное и качественное исполнение поручений Главы государства, Администрации Президента Республики Казахстан и Правительства Республики Казахстан, а также иных вышестоящих государственных органов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z71" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивать полное, своевременное и эффективное использование бюджетных средств, выделенных Управлению;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z72" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      координировать работу по подготовке аналитической справки акиму области о ходе разъяснения курса реформ, других государственных программных документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z73" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оказывать государственные услуги в соответствии с подзаконными нормативными правовыми актами, определяющими порядок оказания государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z74" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      создавать необходимые условия для лиц с ограниченными возможностями при получении ими государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z75" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      предоставлять полную и достоверную информацию о порядке оказания государственных услуг услугополучателям в доступной форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z76" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      предоставлять центральным государственным органам, местным исполнительным органам областей, городов республиканского значения, столицы, районов, городов областного значения, акимам районов в городе, городов районного значения, поселков, сел, сельских округов, иным услугодателям, Государственной корпорации документы и информацию, необходимые для оказания государственных услуг, в том числе посредством интеграции информационных систем, в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z55" w:id="40"/>
-[...139 lines deleted...]
-    <w:bookmarkStart w:name="z62" w:id="47"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z77" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       повышать квалификацию работников в сфере оказания государственных услуг, а также обучать навыкам общения с лицами с инвалидностью;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z64" w:id="49"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z78" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      рассматривать жалобы услугополучателей и информировать их о результатах рассмотрения в сроки, установленные действующим </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z79" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечивать возможность получения информации услугополучателями о стадии исполнения государственной услуги;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z65" w:id="50"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z80" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принимать меры, направленные на восстановление нарушенных прав, свобод и законных интересов услугополучателей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z66" w:id="51"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z81" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечивать бесперебойное функционирование информационных систем, используемых для оказания государственных услуг, а также содержащих необходимые актуальные сведения для их оказания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z67" w:id="52"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z82" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечивать внесение данных в информационную систему мониторинга оказания государственных услуг о стадии оказания государственной услуги в порядке, установленном уполномоченным органом в сфере информатизации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z68" w:id="53"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z83" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       получать письменное согласие или согласие, подтвержденное электронной цифровой подписью, либо согласие посредством абонентского устройства сотовой связи услугополучателя на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z69" w:id="54"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z84" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       использовать электронные документы из сервиса цифровых документов для оказания государственных услуг в случаях, предусмотренных подзаконными нормативными правовыми актами, определяющими порядок оказания государственных услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z70" w:id="55"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z85" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       отказывать в оказании государственных услуг в случаях и по основаниям, которые установлены законами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z71" w:id="56"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z86" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлять иные обязанности, предусмотренные законодательными актами, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z72" w:id="57"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z87" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Функции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z73" w:id="58"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z88" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) реализует государственную политику и осуществляет координацию в области туристской деятельности на территории Восточно-Казахстанской области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z74" w:id="59"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z89" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) анализирует рынок туристских услуг и представляет в уполномоченный орган необходимые сведения о развитии туризма на территории Восточно-Казахстанской области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z75" w:id="60"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z90" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) разрабатывает и внедряет меры по защите областных туристских ресурсов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z77" w:id="62"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z91" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) координирует деятельность по планированию и строительству объектов туристской индустрии на территории соответствующей административно-территориальной единицы, за исключением территории города областного значения с особым статусом, в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О туристской деятельности в Республике Казахстан" № 211 от 13 июня 2001 года (далее Закон);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z92" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) оказывает содействие в деятельности детских и молодежных лагерей, объединений туристов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z93" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) оказывает субъектам туристской деятельности методическую и консультативную помощь в вопросах, связанных с организацией туристской деятельности, за исключением субъектов, осуществляющих деятельность на территории города областного значения с особым статусом, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z94" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) развивает и поддерживает предпринимательство в области туристской деятельности как меру увеличения занятости населения, за исключением предпринимательства, осуществляемого на территории города областного значения с особым статусом, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z80" w:id="63"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z95" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) предоставляет туристскую информацию, в том числе о туристском потенциале, объектах туризма и лицах, осуществляющих туристскую деятельность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z81" w:id="64"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z96" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) учреждает туристский информационный центр;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z97" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10) осуществляет лицензирование туроператорской деятельности в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О разрешениях и уведомлениях";</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z98" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11) организует профессиональную подготовку гида, за исключением гида, осуществляющего деятельность на территории города областного значения с особым статусом, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z84" w:id="65"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z99" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) утверждает по согласованию с уполномоченным органом план мероприятий по развитию туристской отрасли;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z85" w:id="66"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z100" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) ведет государственный реестр туристских маршрутов и троп;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z101" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14) создает инфраструктуру туризма на территории соответствующей административно-территориальной единицы, принимает меры по строительству и развитию объектов, способных удовлетворить потребности туриста, за исключением территории города областного значения с особым статусом, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z87" w:id="67"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z102" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) создает условия для субъектов туристской деятельности в развитии туризма;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z88" w:id="68"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z103" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) финансирует туристские информационные центры путем прямого заключения договора в рамках реализации совместной деятельности в сфере туризма;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z104" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17) возмещает часть затрат субъектов предпринимательства при строительстве, реконструкции объектов туристской деятельности, за исключением субъектов предпринимательства, осуществляющих деятельность на территории города областного значения с особым статусом, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z105" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18) утверждает перечни санитарно-гигиенических узлов, по которым возмещается часть затрат при их содержании, по согласованию с уполномоченным органом, за исключением перечня санитарно-гигиенических узлов города областного значения с особым статусом, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z91" w:id="69"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z106" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) осуществляет меры по строительству, реконструкции, ремонту и содержанию подъездных автомобильных дорог областного и районного значения до мест размещения туристов, находящихся вне населенных пунктов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z107" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20) возмещает часть затрат субъектов предпринимательства по строительству объектов придорожного сервиса, за исключением объектов придорожного сервиса, находящихся на территории города областного значения с особым статусом, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z108" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21) субсидирует часть затрат субъектов предпринимательства на содержание санитарно-гигиенических узлов, за исключением санитарно-гигиенических узлов, находящихся на территории города областного значения с особым статусом, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z109" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22) возмещает часть затрат по приобретению автомобильных транспортных средств вместимостью более восьми мест для сидения, исключая место водителя, субъектам предпринимательства, осуществляющим туристскую деятельность, за исключением автомобильных транспортных средств, приобретаемых субъектами предпринимательства, осуществляющими туристскую деятельность на территории города областного значения с особым статусом, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z95" w:id="70"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z110" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) реализует государственную политику и осуществляет координацию в области международного сотрудничества на территории Восточно-Казахстанской области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z96" w:id="71"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z111" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) обеспечивает представление в уполномоченный орган по инвестициям сведений об инвесторах и их инвестиционных проектах, а также интеграцию объектов информатизации с реестром инвесторов на Национальной цифровой инвестиционной платформе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z97" w:id="72"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z112" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25) создает условия для развития инвестиционного климата на территории области;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z113" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      26) обеспечивает подготовку, переподготовку и повышение квалификации государственных служащих в соответствии с установленными </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сроки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z114" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      27) осуществляет в интересах местного государственного управления иные полномочия, возлагаемые на местные исполнительные органы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z115" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...55 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Статус, полномочия руководителя государственного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z100" w:id="74"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z116" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Руководство Управлением осуществляется руководителем, который несет персональную ответственность за выполнение возложенных на Управление задач и осуществление им своих полномочий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z101" w:id="75"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z117" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Руководитель Управления назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z102" w:id="76"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z118" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Руководитель Управления имеет заместителя, который назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z104" w:id="78"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z119" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Полномочия Руководителя Управления:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z120" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) организует и руководит работой Управления и несет персональную ответственность за выполнение возложенных на Управление задач и осуществление им своих функций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z105" w:id="79"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z121" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) определяет обязанности и полномочия заместителя Управления, руководителей отделов Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z107" w:id="81"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z122" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) принимает меры, направленные на противодействие коррупционным правонарушениям в Управлении, и несет персональную ответственность за бездействие данных мер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z123" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) в соответствии с действующим законодательством назначает на должности и освобождает от должностей работников Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z124" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) в установленном действующим </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>законодательством</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> порядке поощряет, налагает дисциплинарные взыскания на работников Управления;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z125" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) рассматривает поступившие петиции по вопросам организационной деятельности акима области в порядке, установленном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Административным процедурно-процессуальным кодексом</w:t>
-[...12 lines deleted...]
-    <w:bookmarkStart w:name="z110" w:id="82"/>
+        <w:t>Административным процедурно-процессуальным кодексом Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z126" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) издает приказы в пределах своих полномочий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z111" w:id="83"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z127" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) утверждает положения об отделах и должностные инструкции работников Управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z112" w:id="84"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z128" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) представляет интересы Управления в государственных органах, иных организациях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z113" w:id="85"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z129" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) осуществляет иные полномочия в соответствии с действующим законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z114" w:id="86"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z130" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исполнение полномочий руководителя Управления в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z116" w:id="88"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z131" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Руководитель определяет полномочия своего заместителя в соответствии с действующим законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z132" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Имущество государственного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z117" w:id="89"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z133" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Управление может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z134" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Имущество Управления формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности, и иных источников не запрещенных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z135" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Имущество, закрепленное за Управлением, относится к коммунальной собственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z136" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Управление не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования если иное не установлено законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z137" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...95 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение государственного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z138" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Реорганизация и упразднение Управления осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z123" w:id="93"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z139" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Организация, находящиеся в ведении Управления</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z124" w:id="94"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z140" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Коммунальное государственное учреждение "Туристский информационный центр Восточно-Казахстанской области Управления туризма Восточно-Казахстанской области".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkEnd w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>