--- v0 (2025-11-10)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="fd1fc5a" w14:textId="fd1fc5a">
+    <w:p w14:paraId="a827563" w14:textId="a827563">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -172,739 +172,778 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Утвердить бюджет Жанажолского сельского округа района Шал акына на 2025-2027 годы согласно приложениям 1, 2, 3 соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 94 719 тысяч тенге:</w:t>
+      1) доходы – 136 985 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 3 375 тысяч тенге;</w:t>
+      налоговые поступления – 4 492 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 91 344 тысяч тенге;</w:t>
+      поступления трансфертов – 132 493 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 94 724 тысяч тенге;</w:t>
+      2) затраты – 137 149 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетные кредиты – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение бюджетных кредитов – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сальдо по операциям с финансовыми активами – 0 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретение финансовых активов – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета – -5 тысяч тенге;</w:t>
+      5) дефицит (профицит) бюджета – - 164 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) финансирование дефицита (использование профицита) бюджета – 5 тысяч тенге:</w:t>
+      6) финансирование дефицита (использование профицита) бюджета – 164 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      используемые остатки бюджетных средств – 5 тысяч тенге.</w:t>
+      используемые остатки бюджетных средств – 164 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сноска. Пункт 1 в редакции решения маслихата района Шал акына Северо-Казахстанской области от 04.09.2025 № 33/13 (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Установить, что доходы бюджета Жанажолского сельского округа на 2025 год формируются в соответствии с пунктом 7 статьи 168 Бюджетного кодекса Республики Казахстан за счет следующих налоговых поступлений:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) индивидуального подоходного налога по доходам, подлежащим обложению самостоятельно физическими лицами, у которых на территории села расположено заявленное при постановке на регистрационный учет в органе государственных доходов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       место нахождения – для индивидуального предпринимателя, частного нотариуса, частного судебного исполнителя, адвоката, профессионального медиатора;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       место жительства – для остальных физических лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) налога на имущество физических лиц по объектам обложения данным налогом, находящимся на территории Жанажолского сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) земельного налога на земли населенных пунктов с физических и юридических лиц по земельным участкам, находящимся на территории Жанажолского сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) налога на транспортные средства:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       с физических лиц, место жительства которых, находится на территории Жанажолского сельского округа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       с юридических лиц, место жительства которых, указываемое в их учредительных документах, распологается на территории Жанажолского сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) единого земельного налога;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z34" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) платы за пользование земельными участками.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z35" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Установить бюджетную субвенцию, передаваемую из районного бюджета в бюджет Жанажолского сельского округа на 2025 год в сумме 12 000 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z36" w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z36" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Учесть в бюджете Жанажолского сельского округа на 2025 год поступление целевых трансфертов из республиканского, областного и районного бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z37" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Распределение указанных целевых трансфертов определяется решением акима Жанажолского сельского округа района Шал акына Северо-Казахстанской области "О реализации решения маслихата района Шал акына "Об утверждении бюджета Жанажолского сельского округа района Шал акына на 2025-2027 годы".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z38" w:id="34"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z38" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Признать утратившим силу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> маслихата района Шал акына Северо-Казахстанской области от 27 декабря 2024 года № 26/13 "Об утверждении бюджета Жанажолского сельского округа района Шал акына на 2025-2027 годы".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z39" w:id="35"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z39" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -922,51 +961,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Председатель маслихата района Шал акына Северо-Казахстанской области </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1317,284 +1356,303 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 8 мая 2025 года № 30/7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z46" w:id="36"/>
+    <w:bookmarkStart w:name="z46" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Жанажолского сельского округа района Шал акына на 2025 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сноска. Приложение 1 в редакции решения маслихата района Шал акына Северо-Казахстанской области от 04.09.2025 № 33/13 (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="1215"/>
+        <w:gridCol w:w="782"/>
+        <w:gridCol w:w="1650"/>
+        <w:gridCol w:w="1650"/>
+        <w:gridCol w:w="3831"/>
+        <w:gridCol w:w="3172"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z47" w:id="36"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="36"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1623,338 +1681,359 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Доходы:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-94 719</w:t>
+            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+136 985</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1964,1777 +2043,1917 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-3 375</w:t>
+            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 492</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-321</w:t>
+            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+880</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-321</w:t>
+            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+880</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-3 054</w:t>
+            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 612</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-1 883</w:t>
+            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 441</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 134</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3744,674 +3963,723 @@
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-91 344</w:t>
+            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+132 493</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-91 344</w:t>
+            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+132 493</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-91 344</w:t>
+            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+132 493</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4440,110 +4708,124 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4572,147 +4854,168 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4735,6963 +5038,7691 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Затраты:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-94 724</w:t>
+            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+137 149</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-42 189</w:t>
+            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43 465</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-42 189</w:t>
+            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43 465</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-42 189</w:t>
+            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43 465</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-42 189</w:t>
+            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43 465</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-2 030</w:t>
+            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 280</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-2 030</w:t>
+            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 280</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-2 030</w:t>
+            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 280</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 630</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...131 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+009 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-400</w:t>
+            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+650</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-50 500</w:t>
+            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+91 399</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобильный транспорт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-50 500</w:t>
+            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+91 399</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-50 500</w:t>
+            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+91 399</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 045</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальный и средний ремонт автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-50 000</w:t>
+            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+90 899</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
--5</w:t>
+            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-164</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-5</w:t>
+            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+164</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
-            </w:r>
-[...34 lines deleted...]
-Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
-            </w:r>
-[...34 lines deleted...]
-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3172" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
-          </w:p>
-[...30 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-5</w:t>
+            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+164</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...61 lines deleted...]
-01</w:t>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...10 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-5</w:t>
+            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+164</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-5</w:t>
+            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+164</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -12027,67 +13058,66 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Жанажолского сельского округа района Шал акына на 2026 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="1215"/>
+        <w:gridCol w:w="1215"/>
+        <w:gridCol w:w="1650"/>
+        <w:gridCol w:w="1651"/>
+        <w:gridCol w:w="3832"/>
+        <w:gridCol w:w="2737"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12116,164 +13146,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12302,338 +13332,359 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Доходы:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 93 298</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12643,1777 +13694,1917 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 375</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 321</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 321</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 054</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 883</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 134</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14423,490 +15614,532 @@
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 89 923</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 89 923</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14940,157 +16173,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15119,110 +16359,124 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15251,147 +16505,168 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15414,5268 +16689,5870 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Затраты:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 93 298</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40 768</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40 768</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40 768</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40 768</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 630</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 400</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобильный транспорт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 045</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальный и средний ремонт автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20704,164 +22581,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20890,338 +22767,359 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21231,280 +23129,301 @@
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21870,67 +23789,66 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Жанажолского сельского округа района Шал акына на 2027 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="1215"/>
+        <w:gridCol w:w="1215"/>
+        <w:gridCol w:w="1650"/>
+        <w:gridCol w:w="1651"/>
+        <w:gridCol w:w="3832"/>
+        <w:gridCol w:w="2737"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21959,164 +23877,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22145,338 +24063,359 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Доходы:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 93 298</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22486,1777 +24425,1917 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 375</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 321</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 321</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 054</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 883</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 134</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24266,490 +26345,532 @@
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...46 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 89 923</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 89 923</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24783,157 +26904,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24962,110 +27090,124 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25094,147 +27236,168 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25257,5268 +27420,5870 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Затраты:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 93 298</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40 768</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40 768</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40 768</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40 768</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 630</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 400</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобильный транспорт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 045</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальный и средний ремонт автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30547,164 +33312,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30733,338 +33498,359 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31074,280 +33860,301 @@
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="3832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2737" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31409,55 +34216,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>