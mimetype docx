--- v1 (2025-12-27)
+++ v2 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a827563" w14:textId="a827563">
+    <w:p w14:paraId="9db9102" w14:textId="9db9102">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -888,62 +888,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -961,51 +962,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Председатель маслихата района Шал акына Северо-Казахстанской области </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1405,66 +1406,67 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сноска. Приложение 1 в редакции решения маслихата района Шал акына Северо-Казахстанской области от 04.09.2025 № 33/13 (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1215"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="3172"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z47" w:id="36"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -1495,164 +1497,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1681,359 +1683,338 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="3831" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Доходы:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 136 985</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2043,1917 +2024,1777 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="3831" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4 492</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1650" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 880</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1650" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 880</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1650" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 612</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1650" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1650" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1650" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 441</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1650" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 134</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1650" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1650" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3963,532 +3804,490 @@
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="3831" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 132 493</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1650" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 132 493</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1650" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4522,164 +4321,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4708,124 +4500,110 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4854,168 +4632,147 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5038,6754 +4795,6068 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Затраты:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 137 149</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="782" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43 465</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1650" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43 465</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1650" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43 465</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43 465</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="782" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 280</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1650" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 280</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1650" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 280</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 630</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 009 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 650</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="782" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 91 399</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1650" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобильный транспорт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 91 399</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1650" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 91 399</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 045</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальный и средний ремонт автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 90 899</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="782" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="782" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1650" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1650" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -164</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 164</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11814,164 +10885,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12000,164 +11071,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12167,532 +11238,490 @@
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="3831" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 164</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1650" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 164</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1650" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3172" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13058,66 +12087,67 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Жанажолского сельского округа района Шал акына на 2026 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1215"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2737"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13146,164 +12176,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13332,359 +12362,338 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Доходы:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 93 298</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13694,1917 +12703,1777 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 375</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1651" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 321</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1651" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 321</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1651" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 054</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1651" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1651" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1651" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 883</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1651" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 134</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1651" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1651" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15614,532 +14483,490 @@
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 89 923</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1651" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 89 923</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1651" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16173,164 +15000,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16359,124 +15179,110 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16505,168 +15311,147 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16689,5870 +15474,5268 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Затраты:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 93 298</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40 768</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1650" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40 768</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1651" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40 768</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40 768</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1650" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1651" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 630</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 400</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1650" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобильный транспорт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1651" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 045</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальный и средний ремонт автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22581,164 +20764,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22767,359 +20950,338 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23129,301 +21291,280 @@
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23789,66 +21930,67 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Жанажолского сельского округа района Шал акына на 2027 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1215"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2737"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23877,164 +22019,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24063,359 +22205,338 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Доходы:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 93 298</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24425,1917 +22546,1777 @@
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 375</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1651" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 321</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1651" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 321</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1651" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 054</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1651" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1651" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1651" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 883</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1651" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 134</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1651" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1651" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26345,532 +24326,490 @@
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...60 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 89 923</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1651" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 89 923</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1651" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26904,164 +24843,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27090,124 +25022,110 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27236,168 +25154,147 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27420,5870 +25317,5268 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Затраты:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 93 298</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40 768</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1650" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Представительные, исполнительные и другие органы, выполняющие общие функции государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40 768</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1651" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40 768</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40 768</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1650" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1651" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 030</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 630</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 400</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1650" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобильный транспорт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1650" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1651" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 045</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальный и средний ремонт автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...155 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33312,164 +30607,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33498,359 +30793,338 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33860,301 +31134,280 @@
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="3832" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1215" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3832" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2737" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>