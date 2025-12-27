--- v0 (2025-11-10)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2a8989e" w14:textId="2a8989e">
+    <w:p w14:paraId="1ca82ff" w14:textId="1ca82ff">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -332,1174 +332,1428 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему решению соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) доходы – 59 121 тысяч тенге: </w:t>
+      1) доходы – 62 321 тысяч тенге: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      налоговые поступления – 5 495 тысяч тенге; </w:t>
+      налоговые поступления – 6 344,9 тысяч тенге; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      неналоговые поступления – 71 тысяч тенге; </w:t>
+      неналоговые поступления – 192,9 тысяч тенге; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 53 555 тысяч тенге;</w:t>
+      поступления трансфертов – 55 783,2 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 59 121,8 тысяч тенге;</w:t>
+      2) затраты – 64 619,1 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0 тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетные кредиты – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение бюджетных кредитов – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сальдо по операциям с финансовыми активами – 0 тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретение финансовых активов – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета – -0,8 тысяч тенге;</w:t>
+      5) дефицит (профицит) бюджета – -2 298,1 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджета – 0,8 тысяч тенге:</w:t>
+      6) ненефтяной дефицит (профицит) бюджета – -2 298,1 тысяч тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) финансирование дефицита (использование профицита) бюджета – 2 298,1 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       поступление займов – 0 тенге; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      используемые остатки бюджетных средств – 0,8 тысяч тенге. </w:t>
+        <w:t>
+      используемые остатки бюджетных средств – 2 298,1 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Уалихановского районного маслихата Северо-Казахстанской области от 27.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 16-33 с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Установить, что доходы бюджета Тельжанского сельского округа на 2025 год формируются в соответствии с Бюджетным кодексом Республики Казахстан за счет следующих налоговых поступлений:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) если иное не установлено подпунктом 2) пункта 1 статьи 26 настоящего Кодекса, индивидуальный подоходный налог по доходам, подлежащим обложению самостоятельно физическими лицами, у которых на территории города районного значения, села, поселка расположено заявленное при постановке на регистрационный учет в органе государственных доходов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       место нахождения – для индивидуального предпринимателя, частного нотариуса, частного судебного исполнителя, адвоката, профессионального медиатора;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       место жительства – для остальных физических лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) налог на имущество физических лиц по объектам обложения данным налогом, находящимся на территории города районного значения, села, поселка, сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) земельный налог на земли населенных пунктов с физических и юридических лиц по земельным участкам, находящимся на территории города районного значения, села, поселка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) налог на транспортные средства:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       с физических лиц, место жительства которых находится на территории города районного значения, села, поселка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       с юридических лиц, место нахождения которых, указываемое в их учредительных документах, располагается на территории города районного значения, села, поселка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z34" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) единый земельный налог;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z35" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) плата за пользование земельными участками;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z36" w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z36" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) плата за размещение наружной (визуальной) рекламы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z37" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на открытом пространстве за пределами помещений в городе районного значения, селе, поселке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z38" w:id="34"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z38" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в полосе отвода автомобильных дорог общего пользования, проходящих через территории города районного значения, села, поселка, сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z39" w:id="35"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z39" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на открытом пространстве за пределами помещений вне населенных пунктов и вне полосы отвода автомобильных дорог общего пользования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z40" w:id="36"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z40" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) налог на добычу полезных ископаемых на общераспространенные полезные ископаемые, подземные воды и лечебные грязи, находящиеся на территории города районного значения, села, поселка, сельского округа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z41" w:id="37"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z41" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Установить, что доходы бюджета сельского округа формируются за счет следующих неналоговых поступлений:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z42" w:id="38"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z42" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) штрафы, налагаемые акимом города районного значения, села, поселка, сельского округа за административные правонарушения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z43" w:id="39"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z43" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) добровольные сборы физических и юридических лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z44" w:id="40"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z44" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) доходы от коммунальной собственности города районного значения, села, поселка, сельского округа (коммунальной собственности местного самоуправления):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z45" w:id="41"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z45" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления части чистого дохода коммунальных государственных предприятий, созданных по решению аппарата акима города районного значения, села, поселка, сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z46" w:id="42"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z46" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       доходы на доли участия в юридических лицах, находящиеся в коммунальной собственности города районного значения, села, поселка, сельского округа (коммунальной собственности местного самоуправления);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z47" w:id="43"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z47" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       доходы от аренды имущества коммунальной собственности города районного значения, села, поселка, сельского округа (коммунальной собственности местного самоуправления);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z48" w:id="44"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z48" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вознаграждения по кредитам, выданным из бюджета города районного значения, села, поселка, сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z49" w:id="45"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z49" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       прочие доходы от коммунальной собственности города районного значения, села, поселка, сельского округа (коммунальной собственности местного самоуправления);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z50" w:id="46"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z50" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) прочие неналоговые поступления в бюджет города районного значения, села, поселка, сельского округа. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z51" w:id="47"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z51" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Установить, что доходы бюджета сельского округа формируются за счет поступлений от продажи основного капитала:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z52" w:id="48"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z52" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) поступления от продажи имущества, закрепленного за государственными учреждениями, финансируемыми из бюджета города районного значения, села, поселка, сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z53" w:id="49"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z53" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) поступления от продажи земельных участков, за исключением поступлений от продажи земельных участков сельскохозяйственного назначения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z54" w:id="50"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z54" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) плата за продажу права аренды земельных участков.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z55" w:id="51"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z55" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Установить, что поступлениями трансфертов в бюджет сельского округа являются трансферты из районного бюджета. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z56" w:id="52"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z56" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Предусмотреть бюджетные субвенции, передаваемые из районного бюджета в сельский бюджет в сумме 48 510 тысяч тенге. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z57" w:id="53"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z57" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Учесть в сельском бюджете на 2025 год целевые трансферты из республиканского бюджета на повышение заработной платы отдельных категорий гражданских служащих, работников организаций, содержащихся за счет средств государственного бюджета, работников казенных предприятий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z58" w:id="54"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z58" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Распределение указанных целевых трансфертов из республиканского бюджета определяется решением акима Тельжанского сельского округа Уалихановского района "О реализации решения Уалихановского районного маслихата "Об утверждении бюджета Тельжанского сельского округа Уалихановского района на 2025-2027 годы". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z59" w:id="55"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z59" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Учесть в сельском бюджете на 2025 год целевые трансферты из районного бюджета на содержание аппарата акима.</w:t>
+      8. Учесть в сельском бюджете на 2025 год целевые трансферты из районного бюджета, в том числе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z60" w:id="56"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Распределение указанных целевых трансфертов из районного бюджета определяется решением акима Тельжанского сельского округа Уалихановского района "О реализации решения Уалихановского районного маслихата "Об утверждении бюджета Тельжанского сельского округа Уалихановского района на 2025-2027 годы". </w:t>
+        <w:t>
+      1) на содержание аппарата;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z61" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) на содержание клуба (центра досуга);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) на благоустройство.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Распределение указанных целевых трансфертов из районного бюджета определяется решением акима Тельжанского сельского округа Уалихановского района "О реализации решения Уалихановского районного маслихата "Об утверждении бюджета Тельжанского сельского округа Уалихановского района на 2025-2027 годы."</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 в редакции решения Уалихановского районного маслихата Северо-Казахстанской области от 27.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 16-33 с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8-1. Предусмотреть в бюджете сельского округа расходы за счет свободных остатков бюджетных средств, сложившихся на начало финансового года в сумме 2 298,1 тысяч тенге, согласно приложению 4.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Решение дополнено пунктом 8-1 в соответствии с решением маслихата Уалихановского районного маслихата Северо-Казахстанской области от 27.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 16-33 с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z61" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Признать утратившим силу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Уалихановского районного маслихата "Об утверждении бюджета Тельжанского сельского округа Уалихановского района на 2025-2027 годы" от 27 декабря 2024 года №12-25с.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z62" w:id="58"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z62" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkEnd w:id="56"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1807,68 +2061,106 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 6 мая 2025 года №12-30 с</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z67" w:id="59"/>
+    <w:bookmarkStart w:name="z67" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Бюджет Тельжанского сельского округа Уалихановского района на 2025 год </w:t>
+        <w:t xml:space="preserve"> Бюджет Тельжанского сельского округа Уалихановского района на 2025 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 1 в редакции решения Уалихановского районного маслихата Северо-Казахстанской области от 27.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 16-33 с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -1943,70 +2235,68 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z68" w:id="60"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="60"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -2496,51 +2786,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-59121</w:t>
+62321</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2673,51 +2963,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5495</w:t>
+6344,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2850,51 +3140,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-410</w:t>
+728,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3027,51 +3317,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-410</w:t>
+728,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3204,51 +3494,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4748</w:t>
+5179,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3735,51 +4025,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1496</w:t>
+1927,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4089,51 +4379,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-337</w:t>
+437,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4266,51 +4556,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-337</w:t>
+437,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4443,51 +4733,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-71</w:t>
+192,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4829,1210 +5119,1317 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие неналоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+121,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-53555</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие неналоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+121,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-53555</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи основного капитала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-53555</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55783,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...124 lines deleted...]
-тысяч тенге</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55783,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...58 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55783,2</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...98 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...20 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...103 lines deleted...]
-          </w:p>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -6082,305 +6479,200 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...78 lines deleted...]
-          </w:p>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-24408</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6400,518 +6692,514 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-24408</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64619,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-24408</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25168</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-4353</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25168</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6931,341 +7219,341 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-4353</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25168</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-3453</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6938,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7285,341 +7573,341 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-900</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6938,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-28632</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3638,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7639,518 +7927,518 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-28632</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3300</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-28632</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Культура, спорт, туризм и информационное пространство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31129,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-1728</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31129,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8170,518 +8458,518 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-1728</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поддержка культурно-досуговой работы на местном уровне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31129,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-1728</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1382,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-0,8</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1382,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8701,305 +8989,305 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-0,8</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1382,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9055,160 +9343,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9260,674 +9552,714 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...124 lines deleted...]
-тысяч тенге</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Чистое бюджетное кредитование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...58 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджетные кредиты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...98 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...20 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...146 lines deleted...]
-          </w:p>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -9945,305 +10277,259 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...114 lines deleted...]
-          </w:p>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Погашение бюджетных кредитов, выданных из государственного бюджета</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10299,124 +10585,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...72 lines deleted...]
-4) Сальдо по операциям с финансовыми активами</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10504,92 +10794,96 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...40 lines deleted...]
-Приобретение финансовых активов</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов, выданных из государственного бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10718,51 +11012,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступления от продажи финансовых активов государства</w:t>
+4) Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10891,87 +11185,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5) Дефицит (профицит) бюджета</w:t>
-[...35 lines deleted...]
--0,8</w:t>
+Приобретение финансовых активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11064,264 +11358,260 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6) Финансирование дефицита (использование профицита) бюджета</w:t>
-[...35 lines deleted...]
-0,8</w:t>
+Поступления от продажи финансовых активов государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-2298,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11341,164 +11631,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) ненефтяной дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-2298,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11550,370 +11836,484 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) Финансирование дефицита (использование профицита) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2298,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...124 lines deleted...]
-тысяч тенге</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступление займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...58 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Внутренние государственные займы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -11972,464 +12372,462 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Программа</w:t>
-[...27 lines deleted...]
-          <w:p/>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Договоры займа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...125 lines deleted...]
-          </w:p>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Класс </w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -12443,526 +12841,432 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...100 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...185 lines deleted...]
-0,8</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...135 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -13021,50 +13325,553 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2298,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2298,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -13093,51 +13900,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,8</w:t>
+2298,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -13312,68 +14119,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 6 мая 2025 года №12-30 с</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z77" w:id="66"/>
+    <w:bookmarkStart w:name="z77" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Тельжанского сельского округа Уалихановского района на 2026 год </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkEnd w:id="58"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -13448,70 +14255,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z78" w:id="67"/>
+          <w:bookmarkStart w:name="z78" w:id="59"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="67"/>
+          <w:bookmarkEnd w:id="59"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -17111,70 +17918,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z79" w:id="68"/>
+          <w:bookmarkStart w:name="z79" w:id="60"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="68"/>
+          <w:bookmarkEnd w:id="60"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -20412,70 +21219,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z80" w:id="69"/>
+          <w:bookmarkStart w:name="z80" w:id="61"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="69"/>
+          <w:bookmarkEnd w:id="61"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -22706,70 +23513,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z81" w:id="70"/>
+          <w:bookmarkStart w:name="z81" w:id="62"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="70"/>
+          <w:bookmarkEnd w:id="62"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -23602,70 +24409,70 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z82" w:id="71"/>
+          <w:bookmarkStart w:name="z82" w:id="63"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="71"/>
+          <w:bookmarkEnd w:id="63"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -24246,68 +25053,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 6 мая 2025 года №12-30 с</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z86" w:id="72"/>
+    <w:bookmarkStart w:name="z86" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Тельжанского сельского округа Уалихановского района на 2027 год </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="64"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -24382,70 +25189,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z87" w:id="73"/>
+          <w:bookmarkStart w:name="z87" w:id="65"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="73"/>
+          <w:bookmarkEnd w:id="65"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -28045,70 +28852,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z88" w:id="74"/>
+          <w:bookmarkStart w:name="z88" w:id="66"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="74"/>
+          <w:bookmarkEnd w:id="66"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -31346,70 +32153,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z89" w:id="75"/>
+          <w:bookmarkStart w:name="z89" w:id="67"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="75"/>
+          <w:bookmarkEnd w:id="67"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -33640,70 +34447,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z90" w:id="76"/>
+          <w:bookmarkStart w:name="z90" w:id="68"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="76"/>
+          <w:bookmarkEnd w:id="68"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -34184,70 +34991,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z91" w:id="77"/>
+          <w:bookmarkStart w:name="z91" w:id="69"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="77"/>
+          <w:bookmarkEnd w:id="69"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -34576,70 +35383,70 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z92" w:id="78"/>
+          <w:bookmarkStart w:name="z92" w:id="70"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="78"/>
+          <w:bookmarkEnd w:id="70"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -35002,50 +35809,3098 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 4 к решению</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уалихановского районного маслихата</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 6 мая 2025 года №12-30 с</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Расходы за счет свободных остатков бюджетных средств, сложившихся на 1 января 2025 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Решение дополнено приложением 4 в соответствии с решением маслихата Уалихановского районного маслихата Северо-Казахстанской области от 27.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 16-33 с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Культура, спорт, туризм и информационное пространство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1297,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1297,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поддержка культурно-досуговой работы на местном уровне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1297,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2298,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -35077,55 +38932,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -35451,31 +39306,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>