--- v1 (2025-12-27)
+++ v2 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1ca82ff" w14:textId="1ca82ff">
+    <w:p w14:paraId="367bd79" w14:textId="367bd79">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -38932,55 +38932,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>