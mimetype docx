--- v0 (2025-11-11)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="cfc1677" w14:textId="cfc1677">
+    <w:p w14:paraId="646b7eb" w14:textId="646b7eb">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -332,1154 +332,1272 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему решению соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) доходы – 45 191 тысяч тенге: </w:t>
+      1) доходы – 45 998 тысяч тенге: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      налоговые поступления – 5 361 тысяч тенге; </w:t>
+      налоговые поступления – 6 717,8 тысяч тенге; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       неналоговые поступления – 302 тысяч тенге; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 39 528 тысяч тенге;</w:t>
+      поступления трансфертов – 38 978,2 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 45 191,1 тысяч тенге;</w:t>
+      2) затраты – 46 466,5 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0 тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетные кредиты – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение бюджетных кредитов – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сальдо по операциям с финансовыми активами – 0 тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретение финансовых активов – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета – -0,1 тысяч тенге;</w:t>
+      5) дефицит (профицит) бюджета – -468,5 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) финансирование дефицита (использование профицита) бюджета – 0,1 тысяч тенге:</w:t>
+      6) Ненефтяной дефицит (профицит)бюджета - -468,5 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) финансирование дефицита (использование профицита) бюджета – 468,5 тысяч тенге:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       поступление займов – 0 тенге; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов – 0 тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      используемые остатки бюджетных средств – 0,1 тысяч тенге. </w:t>
+        <w:t>
+      используемые остатки бюджетных средств – 468,5 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>       Сноска. Пункт 1 в редакции решения Уалихановского районного маслихата Северо-Казахстанской области от 27.08.2025 № 13-33 с (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Установить, что доходы бюджета Карасуского сельского округа на 2025 год формируются в соответствии с Бюджетным кодексом Республики Казахстан за счет следующих налоговых поступлений:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) если иное не установлено подпунктом 2) пункта 1 статьи 26 настоящего Кодекса, индивидуальный подоходный налог по доходам, подлежащим обложению самостоятельно физическими лицами, у которых на территории города районного значения, села, поселка расположено заявленное при постановке на регистрационный учет в органе государственных доходов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       место нахождения – для индивидуального предпринимателя, частного нотариуса, частного судебного исполнителя, адвоката, профессионального медиатора;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       место жительства – для остальных физических лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) налог на имущество физических лиц по объектам обложения данным налогом, находящимся на территории города районного значения, села, поселка, сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) земельный налог на земли населенных пунктов с физических и юридических лиц по земельным участкам, находящимся на территории города районного значения, села, поселка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) налог на транспортные средства:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       с физических лиц, место жительства которых находится на территории города районного значения, села, поселка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       с юридических лиц, место нахождения которых, указываемое в их учредительных документах, располагается на территории города районного значения, села, поселка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) единый земельный налог;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z34" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) плата за пользование земельными участками;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z35" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) плата за размещение наружной (визуальной) рекламы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z36" w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z36" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на открытом пространстве за пределами помещений в городе районного значения, селе, поселке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z37" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в полосе отвода автомобильных дорог общего пользования, проходящих через территории города районного значения, села, поселка, сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z38" w:id="34"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z38" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на открытом пространстве за пределами помещений вне населенных пунктов и вне полосы отвода автомобильных дорог общего пользования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z39" w:id="35"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z39" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) налог на добычу полезных ископаемых на общераспространенные полезные ископаемые, подземные воды и лечебные грязи, находящиеся на территории города районного значения, села, поселка, сельского округа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z40" w:id="36"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z40" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Установить, что доходы бюджета сельского округа формируются за счет следующих неналоговых поступлений:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z41" w:id="37"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z41" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) штрафы, налагаемые акимом города районного значения, села, поселка, сельского округа за административные правонарушения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z42" w:id="38"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z42" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) добровольные сборы физических и юридических лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z43" w:id="39"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z43" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) доходы от коммунальной собственности города районного значения, села, поселка, сельского округа (коммунальной собственности местного самоуправления):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z44" w:id="40"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z44" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления части чистого дохода коммунальных государственных предприятий, созданных по решению аппарата акима города районного значения, села, поселка, сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z45" w:id="41"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z45" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       доходы на доли участия в юридических лицах, находящиеся в коммунальной собственности города районного значения, села, поселка, сельского округа (коммунальной собственности местного самоуправления);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z46" w:id="42"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z46" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       доходы от аренды имущества коммунальной собственности города районного значения, села, поселка, сельского округа (коммунальной собственности местного самоуправления);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z47" w:id="43"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z47" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вознаграждения по кредитам, выданным из бюджета города районного значения, села, поселка, сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z48" w:id="44"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z48" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       прочие доходы от коммунальной собственности города районного значения, села, поселка, сельского округа (коммунальной собственности местного самоуправления);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z49" w:id="45"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z49" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) прочие неналоговые поступления в бюджет города районного значения, села, поселка, сельского округа. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z50" w:id="46"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z50" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Установить, что доходы бюджета сельского округа формируются за счет поступлений в бюджет сельского округа от продажи основного капитала являются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z51" w:id="47"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z51" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) поступления от продажи имущества, закрепленного за государственными учреждениями, финансируемыми из бюджета города районного значения, села, поселка, сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z52" w:id="48"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z52" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) поступления от продажи земельных участков, за исключением поступлений от продажи земельных участков сельскохозяйственного назначения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z53" w:id="49"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z53" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) плата за продажу права аренды земельных участков.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z54" w:id="50"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z54" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Установить, что поступлениями трансфертов в бюджет сельского округа являются трансферты из районного бюджета. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z55" w:id="51"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z55" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Предусмотреть бюджетные субвенции, передаваемые из районного бюджета в сельский бюджет в сумме 39 528 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z56" w:id="52"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z56" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Учесть в сельском бюджете на 2025 год целевые трансферты из республиканского бюджета, в том числе на повышение заработной платы отдельных категорий гражданских служащих, работников организаций, содержащихся за счет средств государственного бюджета, работников казенных предприятий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z57" w:id="53"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z57" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Распределение указанных целевых трансфертов из республиканского бюджета определяется решением акима Карасуского сельского округа Уалихановского района "О реализации решения Уалихановского районного маслихата "Об утверждении бюджета Карасуского сельского округа Уалихановского района на 2025-2027 годы".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z58" w:id="54"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z58" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Учесть в сельском бюджете на 2025 год целевые трансферты из районного бюджета на содержание аппарата акима.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z59" w:id="55"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z59" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Распределение указанных целевых трансфертов из районного бюджета определяется решением акима Карасуского сельского округа Уалихановского района "О реализации решения Уалихановского районного маслихата "Об утверждении бюджета Карасуского сельского округа Уалихановского района на 2025-2027 годы".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z60" w:id="56"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8-1. Предусмотреть в сельском бюджете расходы за счет свободных остатков бюджетных средств, сложившихся на начало финансового года в сумме 468,5 тысяч тенге, согласно приложению 4.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сноска. Решение дополнено пунктом 8-1 в соответствии с решением Уалихановского районного маслихата Северо-Казахстанской области от 27.08.2025 № 13-33 с (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z60" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Признать утратившим силу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Уалихановского районного маслихата "Об утверждении бюджета Карасуского сельского округа Уалихановского района на 2025-2027 годы" от 27 декабря 2024 года №9-25с.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z61" w:id="57"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z61" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkEnd w:id="56"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1801,50 +1919,68 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 6 мая 2025 года № 9-30 с</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Карасуского сельского округа Уалихановского района на 2025 год</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сноска. Приложение 1 в редакции решения Уалихановского районного маслихата Северо-Казахстанской области от 27.08.2025 № 13-33 с (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
@@ -2454,51 +2590,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45191</w:t>
+45 998</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2631,51 +2767,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5361</w:t>
+6 717,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3162,51 +3298,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3395</w:t>
+4 751,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3693,51 +3829,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3131</w:t>
+3 900,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3870,51 +4006,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-234</w:t>
+821,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5463,51 +5599,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39528</w:t>
+38 978,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5640,51 +5776,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39528</w:t>
+38 978,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5817,51 +5953,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39528</w:t>
+38 978,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6451,51 +6587,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45191,1</w:t>
+46 466,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6628,51 +6764,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29333</w:t>
+31230</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6805,51 +6941,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29333</w:t>
+31230</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6982,51 +7118,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29333</w:t>
+31230</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7159,51 +7295,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2091</w:t>
+1 491</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7336,51 +7472,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2091</w:t>
+1 491</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7513,51 +7649,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-979</w:t>
+379</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7867,51 +8003,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12777</w:t>
+12 655,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8044,51 +8180,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12777</w:t>
+12 655,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8221,51 +8357,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12777</w:t>
+12 655,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8398,51 +8534,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-990</w:t>
+1090</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8575,51 +8711,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-990</w:t>
+1090</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8752,51 +8888,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-990</w:t>
+1090</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11199,51 +11335,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
--0,1</w:t>
+-468,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11336,585 +11472,627 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6) Финансирование дефицита (использование профицита) бюджета</w:t>
-[...35 lines deleted...]
-0,1</w:t>
+6) Ненефтяной дефицит (профицит)бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-468,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) Финансирование дефицита (использование профицита) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+468,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...104 lines deleted...]
-Сумма, тысяч тенге</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступление займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...57 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...61 lines deleted...]
-Программа</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -11928,517 +12106,517 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...146 lines deleted...]
-          </w:p>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...104 lines deleted...]
-Сумма, тысяч тенге</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...57 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...61 lines deleted...]
-Подкласс</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -12452,373 +12630,327 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...146 lines deleted...]
-          </w:p>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-0,1</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+468,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12838,50 +12970,227 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+468,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -12951,51 +13260,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,1</w:t>
+468,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -35010,50 +35319,2016 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Приложение 4 к решению </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уалихановского районного маслихата</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 06 мая 2025 года № 9-30с</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Расходы за счет свободных остатков бюджетных средств, сложившихся на 1 января 2025 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сноска. Решение дополнено приложением 4 в соответствии с решением Уалихановского районного маслихата Северо-Казахстанской области от 27.08.2025 № 13-33 с (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+468,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+468,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+468,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+468,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12000"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -35118,55 +37393,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -35492,31 +37767,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>