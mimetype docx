--- v0 (2025-11-11)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="94d15ae" w14:textId="94d15ae">
+    <w:p w14:paraId="486ce82" w14:textId="486ce82">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -332,1174 +332,1314 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему решению соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) доходы – 51 107 тысяч тенге: </w:t>
+      1) доходы – 49 007 тысяч тенге: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       налоговые поступления –9 235 тысяч тенге; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       неналоговые поступления - 433 тысяч тенге; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи основного капитала – 0 тенге;</w:t>
+      поступления от продажи основного капитала – 352,4 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 41 439 тысяч тенге;</w:t>
+      поступления трансфертов – 38 986,6 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 51 107,1 тысяч тенге;</w:t>
+      2) затраты – 50 319,1 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование - 0 тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджетные кредиты - 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение бюджетных кредитов - 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сальдо по операциям с финансовыми активами - 0 тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретение финансовых активов - 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства - 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета – - 0,1 тысяч тенге;</w:t>
+      5) дефицит (профицит) бюджета – - 1 312,1 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджета – 0,1 тысяч тенге:</w:t>
+      6) ненефтяной дефицит (профицит) бюджета - -1 312,1 тысяч тенге ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) финансирование дефицита (использование профицита) бюджета – 1 312,1 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       поступление займов - 0 тенге; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов - 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      используемые остатки бюджетных средств - 0,1 тысяч тенге. </w:t>
+        <w:t>
+      используемые остатки бюджетных средств – 1 312,1 тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Сноска. Пункт 1 в редакции решения Уалихановского районного маслихата Северо-Казахстанской области от 27.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 12-33 с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Установить, что доходы бюджета Кайратского сельского округа на 2025 год формируются в соответствии с Бюджетным кодексом Республики Казахстан за счет следующих налоговых поступлений:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) если иное не установлено подпунктом 2) пункта 1 статьи 26 настоящего Кодекса, индивидуальный подоходный налог по доходам, подлежащим обложению самостоятельно физическими лицами, у которых на территории города районного значения, села, поселка расположено заявленное при постановке на регистрационный учет в органе государственных доходов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       место нахождения – для индивидуального предпринимателя, частного нотариуса, частного судебного исполнителя, адвоката, профессионального медиатора;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       место жительства – для остальных физических лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) налог на имущество физических лиц по объектам обложения данным налогом, находящимся на территории города районного значения, села, поселка, сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) земельный налог на земли населенных пунктов с физических и юридических лиц по земельным участкам, находящимся на территории города районного значения, села, поселка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) налог на транспортные средства:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       с физических лиц, место жительства которых находится на территории города районного значения, села, поселка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       с юридических лиц, место нахождения которых, указываемое в их учредительных документах, располагается на территории города районного значения, села, поселка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z34" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) единый земельный налог;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z35" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) плата за пользование земельными участками;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z36" w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z36" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) плата за размещение наружной (визуальной) рекламы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z37" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на открытом пространстве за пределами помещений в городе районного значения, селе, поселке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z38" w:id="34"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z38" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в полосе отвода автомобильных дорог общего пользования, проходящих через территории города районного значения, села, поселка, сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z39" w:id="35"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z39" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       на открытом пространстве за пределами помещений вне населенных пунктов и вне полосы отвода автомобильных дорог общего пользования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z40" w:id="36"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z40" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) налог на добычу полезных ископаемых на общераспространенные полезные ископаемые, подземные воды и лечебные грязи, находящиеся на территории города районного значения, села, поселка, сельского округа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z41" w:id="37"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z41" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Установить, что доходы бюджета сельского округа формируются за счет следующих неналоговых поступлений:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z42" w:id="38"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z42" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) штрафы, налагаемые акимом города районного значения, села, поселка, сельского округа за административные правонарушения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z43" w:id="39"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z43" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) добровольные сборы физических и юридических лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z44" w:id="40"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z44" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) доходы от коммунальной собственности города районного значения, села, поселка, сельского округа (коммунальной собственности местного самоуправления):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z45" w:id="41"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z45" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления части чистого дохода коммунальных государственных предприятий, созданных по решению аппарата акима города районного значения, села, поселка, сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z46" w:id="42"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z46" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       доходы на доли участия в юридических лицах, находящиеся в коммунальной собственности города районного значения, села, поселка, сельского округа (коммунальной собственности местного самоуправления);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z47" w:id="43"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z47" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       доходы от аренды имущества коммунальной собственности города районного значения, села, поселка, сельского округа (коммунальной собственности местного самоуправления);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z48" w:id="44"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z48" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вознаграждения по кредитам, выданным из бюджета города районного значения, села, поселка, сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z49" w:id="45"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z49" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       прочие доходы от коммунальной собственности города районного значения, села, поселка, сельского округа (коммунальной собственности местного самоуправления);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z50" w:id="46"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z50" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) прочие неналоговые поступления в бюджет города районного значения, села, поселка, сельского округа. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z51" w:id="47"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z51" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Установить, что доходы бюджета сельского округа формируются за счет поступлений от продажи основного капитала:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z52" w:id="48"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z52" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) поступления от продажи имущества, закрепленного за государственными учреждениями, финансируемыми из бюджета города районного значения, села, поселка, сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z53" w:id="49"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z53" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) поступления от продажи земельных участков, за исключением поступлений от продажи земельных участков сельскохозяйственного назначения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z54" w:id="50"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z54" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) плата за продажу права аренды земельных участков.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z55" w:id="51"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z55" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Установить, что поступлениями трансфертов в бюджет сельского округа являются трансферты из районного бюджета. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z56" w:id="52"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z56" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Предусмотреть бюджетные субвенции, передаваемые из районного бюджета в сельский бюджет в сумме 36 632 тысяч тенге. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z57" w:id="53"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z57" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Учесть в сельском бюджете на 2025 год целевые трансферты из республиканского бюджета на повышение заработной платы отдельных категорий гражданских служащих, работников организаций, содержащихся за счет средств государственного бюджета, работников казенных предприятий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z58" w:id="54"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z58" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Распределение указанных целевых трансфертов из республиканского бюджета определяется решением акима Кайратского сельского округа Уалихановского района "О реализации решения Уалихановского районного маслихата "Об утверждении бюджета Кайратского сельского округа Уалихановского района на 2025-2027 годы". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z59" w:id="55"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z59" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Учесть в сельском бюджете на 2025 год целевые трансферты из районного бюджета на содержание аппарата акима.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z60" w:id="56"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z60" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Распределение указанных целевых трансфертов из районного бюджета определяется решением акима Кайратского сельского округа Уалихановского района "О реализации решения Уалихановского районного маслихата "Об утверждении бюджета Кайратского сельского округа Уалихановского района на 2025-2027 годы".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z61" w:id="57"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8-1. Предусмотреть в бюджете сельского округа расходы за счет свободных остатков бюджетных средств, сложившихся на начало финансового года в сумме 1 312,1 тысяч тенге, согласно приложению 4.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Решение дополнено пунктом 8-1 в соответствии с решением Уалихановского районного маслихата Северо-Казахстанской области от 27.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 12-33 с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z61" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Признать утратившим силу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Уалихановского районного маслихата "Об утверждении бюджета Кайратского сельского округа Уалихановского района на 2025-2027 годы" от 27 декабря 2024 года №2-25с.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z62" w:id="58"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z62" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1807,65 +1947,12033 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 6 мая 2025 года №8-30 c</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z67" w:id="59"/>
+    <w:bookmarkStart w:name="z67" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Кайратского сельского округа Уалихановского района на 2025 год</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 1 в редакции решения Уалихановского районного маслихата Северо-Казахстанской области от 27.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 12-33 с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Доходы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49007</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9235</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+202</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Индивидуальный подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+202</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоги на собственность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1362</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоги на имущество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налог на транспортные средства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+975</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Единый земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+362</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Внутренние налоги на товары, работы и услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7671</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления за использование природных и других ресурсов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7671</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Неналоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+433</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доходы от государственной собственности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+433</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Доходы от аренды имущества, находящегося в государственной собственности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+433</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступление от продажи основного капитала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+352,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажи земли и нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+352,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+352,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38986,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38986,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38986,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50319,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23135</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23135</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23135</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3187</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3187</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1587</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Культура, спорт, туризм и информационное пространство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23317</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23317</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поддержка культурно-досуговой работы на местном уровне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23317</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+680</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+680</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+680</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Чистое бюджетное кредитование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджетные кредиты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов, выданных из государственного бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Сальдо по операциям с финансовыми активами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Приобретение финансовых активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи финансовых активов государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-1312,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) ненефтяной дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-1312,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) Финансирование дефицита (использование профицита) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1312,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступление займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Внутренние государственные займы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Договоры займа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1312,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1312,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Свободные остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1312,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Приложение 2 к решению </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уалихановского районного маслихата</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 6 мая 2025 года № 8-30 с</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z72" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бюджет Кайратского сельского округа Уалихановского района на 2026 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
@@ -2476,51 +14584,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-51107</w:t>
+53723</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2653,51 +14761,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9235</w:t>
+9743</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2830,51 +14938,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-202</w:t>
+213</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3007,51 +15115,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-202</w:t>
+213</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3184,51 +15292,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1362</w:t>
+1437</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3361,51 +15469,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23</w:t>
+24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3715,51 +15823,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-975</w:t>
+1029</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3892,51 +16000,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-362</w:t>
+382</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4069,51 +16177,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7671</w:t>
+8093</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4246,51 +16354,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7671</w:t>
+8093</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4423,51 +16531,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-433</w:t>
+457</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4600,51 +16708,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-433</w:t>
+457</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4777,51 +16885,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-433</w:t>
+457</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4918,51 +17026,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступление от продажи основного капитала</w:t>
+Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4986,196 +17094,196 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-41439</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли и не материальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5195,804 +17303,913 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-41439</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-41439</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43523</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...104 lines deleted...]
-Сумма, тысяч тенге</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43523</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...58 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43523</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...98 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...20 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...103 lines deleted...]
-          </w:p>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -6042,305 +18259,200 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...78 lines deleted...]
-          </w:p>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-23123</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6360,518 +18472,514 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-23123</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+53723</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-23123</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24382</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-2787</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24382</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6891,341 +18999,341 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-2787</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24382</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-1200</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2940</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7245,341 +19353,341 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-1587</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2940</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-24517</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1266</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7599,518 +19707,518 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-24517</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1674</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-24517</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Культура, спорт, туризм и информационное пространство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25684</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-680</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25684</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8130,518 +20238,518 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-680</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поддержка культурно-досуговой работы на местном уровне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25684</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-680</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+717</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-0,1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+717</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8661,164 +20769,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-0,1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+717</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8870,132 +20978,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-0,1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Чистое бюджетное кредитование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9088,450 +21192,408 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) Чистое бюджетное кредитование</w:t>
+Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
-0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...105 lines deleted...]
-          </w:p>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Класс </w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -9545,224 +21607,270 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...100 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...41 lines deleted...]
-            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -9885,128 +21993,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Погашение бюджетных кредитов</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов, выданных из государственного бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10094,96 +22202,92 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...44 lines deleted...]
-Погашение бюджетных кредитов, выданных из государственного бюджета</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Сальдо по операциям с финансовыми активами</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10312,51 +22416,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) Сальдо по операциям с финансовыми активами</w:t>
+Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10485,51 +22589,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Приобретение финансовых активов</w:t>
+Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10658,51 +22762,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступления от продажи финансовых активов государства</w:t>
+5) Дефицит (профицит) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10831,401 +22935,405 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5) Дефицит (профицит) бюджета</w:t>
-[...35 lines deleted...]
--0,1</w:t>
+6) Финансирование дефицита (использование профицита) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
- 0,1</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступление займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...108 lines deleted...]
-Поступление займов</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Внутренние государственные займы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11281,531 +23389,485 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Внутренние государственные займы</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Договоры займа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...105 lines deleted...]
-          </w:p>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Администратор бюджетных программ</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -11819,517 +23881,517 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...100 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...105 lines deleted...]
-          </w:p>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Класс </w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -12343,347 +24405,393 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...100 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z73" w:id="60"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="60"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...164 lines deleted...]
-0,1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12703,227 +24811,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...175 lines deleted...]
-            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -12993,51 +24924,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,1</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -13076,51 +25007,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Приложение 2 к решению </w:t>
+              <w:t xml:space="preserve">Приложение 3 к решению </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -13206,71 +25137,71 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от 6 мая 2025 года № 8-30 с</w:t>
+              <w:t>от 6 мая 2025 года №8-30 с</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z72" w:id="61"/>
+    <w:bookmarkStart w:name="z77" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Бюджет Кайратского сельского округа Уалихановского района на 2026 год</w:t>
+        <w:t xml:space="preserve"> Бюджет Кайратского сельского округа Уалихановского района на 2027 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
@@ -13881,51 +25812,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53723</w:t>
+56409</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14058,51 +25989,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9743</w:t>
+10230</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14235,51 +26166,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-213</w:t>
+224</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14412,51 +26343,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-213</w:t>
+224</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14589,51 +26520,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1437</w:t>
+1508</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14766,51 +26697,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24</w:t>
+25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15120,51 +27051,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1029</w:t>
+1080</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15297,51 +27228,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-382</w:t>
+401</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15474,51 +27405,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8093</w:t>
+8498</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15651,51 +27582,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8093</w:t>
+8498</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15828,51 +27759,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-457</w:t>
+480</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16005,51 +27936,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-457</w:t>
+480</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16182,51 +28113,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-457</w:t>
+480</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16890,51 +28821,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-43523</w:t>
+45699</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17067,51 +28998,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-43523</w:t>
+45699</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17244,51 +29175,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-43523</w:t>
+45699</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -17878,51 +29809,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53723</w:t>
+56409</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18055,51 +29986,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24382</w:t>
+25601</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18232,51 +30163,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24382</w:t>
+25601</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18409,51 +30340,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24382</w:t>
+25601</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18586,51 +30517,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2940</w:t>
+3087</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18763,51 +30694,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2940</w:t>
+3087</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18940,51 +30871,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1266</w:t>
+1329</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19117,51 +31048,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1674</w:t>
+1758</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19294,51 +31225,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25684</w:t>
+26968</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19471,51 +31402,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25684</w:t>
+26968</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19648,51 +31579,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25684</w:t>
+26968</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19825,51 +31756,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-717</w:t>
+753</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20002,51 +31933,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-717</w:t>
+753</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20179,51 +32110,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-717</w:t>
+753</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -23796,51 +35727,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z73" w:id="62"/>
+          <w:bookmarkStart w:name="z78" w:id="62"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Используемые остатки бюджетных</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="62"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -24304,51 +36235,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Приложение 3 к решению </w:t>
+              <w:t xml:space="preserve">Приложение 4 к решению </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -24440,68 +36371,104 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 6 мая 2025 года №8-30 с</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z77" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Бюджет Кайратского сельского округа Уалихановского района на 2027 год</w:t>
+        <w:t xml:space="preserve"> Расходы за счет свободных остатков бюджетных средств, сложившихся на 1 января 2025 года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Решение дополнено приложением 4 в соответствии с решением Уалихановского районного маслихата Северо-Казахстанской области от 27.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 12-33 с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -24517,51 +36484,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Категория </w:t>
+Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -24665,51 +36632,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Класс </w:t>
+Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -24796,51 +36763,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Подкласс</w:t>
+Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -24968,369 +36935,373 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-56409</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+612,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-10230</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+612,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -25350,341 +37321,341 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-224</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+612,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-224</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+400,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -25713,155 +37684,155 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-04</w:t>
-[...103 lines deleted...]
-1508</w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+400,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -25922,300 +37893,300 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...71 lines deleted...]
-25</w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+400,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-2</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Культура, спорт, туризм и информационное пространство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+300,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -26235,164 +38206,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-1080</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+300,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -26453,300 +38424,300 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
-[...71 lines deleted...]
-401</w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поддержка культурно-досуговой работы на местном уровне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+300,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-8498</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -26766,341 +38737,341 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-8498</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-480</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -27120,8380 +39091,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...8328 lines deleted...]
-0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1312,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -35525,55 +39276,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -35899,31 +39650,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>