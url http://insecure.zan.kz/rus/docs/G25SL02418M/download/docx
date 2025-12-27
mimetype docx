--- v0 (2025-11-09)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5505e49" w14:textId="5505e49">
+    <w:p w14:paraId="f7214a6" w14:textId="f7214a6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -232,754 +232,832 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 27 Закона Республики Казахстан "О правовых актах" Тимирязевский районный маслихат РЕШИЛ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Утвердить бюджет Тимирязевского сельского округа Тимирязевского района на 2025-2027 годы согласно приложениям 1, 2 и 3 соответственно, в том числе на 2025 год в следующих объемах:</w:t>
+      1. Утвердить бюджет Тимирязевского сельского округа Тимирязевского района на 2025-2027 годы согласно приложениям 1, 2 и 3 соответственно к настоящему решению, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 91 566,0 тысяч тенге:</w:t>
+      1) доходы – 108 169,0 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 59 807,0 тысяч тенге;</w:t>
+      налоговые поступления – 71807,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      неналоговые поступления – 0 тысяч тенге;</w:t>
+      неналоговые поступления – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 2200,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      специальные поступления – 0 тысяч тенге;</w:t>
+      специальные поступления - 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 29 559,0 тысяч тенге;</w:t>
+      поступления трансфертов – 34 162,4 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      2) затраты – 91 566,0 тысяч тенге; </w:t>
+        <w:t>
+      2) затраты – 114 633,6 тысячи тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджетные кредиты – 0 тысяч тенге,</w:t>
+      бюджетные кредиты – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение бюджетных кредитов – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) сальдо по операциям с финансовыми активами – 0 тысяч тенге, приобретение финансовых активов – 0 тысяч тенге;</w:t>
+      4) сальдо по операциям с финансовыми активами – 0 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      приобретение финансовых активов – 0 тысяч тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета – - 6464,2 тысячи тенге;</w:t>
+      5) дефицит (профицит) бюджета – - 6464,2 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) ненефтяной дефицит (профицит) бюджета – 6464,2 тысячи тенге;</w:t>
+      6) ненефтяной дефицит (профицит) бюджета – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) финансирование дефицита (использование профицита) бюджета – 0 тысяч тенге:</w:t>
+      7) финансирование дефицита (использование профицита) бюджета – 6464,2 тысяч тенге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      погашение займов – 0 тысяч тенге.</w:t>
+      погашение займов – 0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       используемые остатки бюджетных средств – 6464,2 тысячи тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Тимирязевского районного маслихата Северо-Казахстанской области от 07.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 28/5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Установить, что доходы бюджета сельского округа на 2025 год формируются в соответствии с Бюджетным кодексом Республики Казахстан за счет следующих налоговых поступлений:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       индивидуального подоходного налога с доходов, не облагаемых у источника выплаты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       налога на имущество физических лиц, имущество которых находится на территории Тимирязевского сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       земельного налога на земли населенных пунктов с физических и юридических лиц, земельный участок которых находится в Тимирязевском сельском округе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       единого земельного налога;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       налога на транспортные средства с физических и юридических лиц, зарегистрированных в Тимирязевском сельском округе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       платы за пользования земельными участками.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Установить, что доходы бюджета сельского округа формируются за счет следующих неналоговых поступлений:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       доходов от коммунальной собственности сельского округа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z34" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       других неналоговых поступлений в бюджет сельского округа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z35" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Учесть, что в бюджете сельского округа поступление целевых трансфертов из вышестоящего бюджета на 2025 год в сумме 4472,0 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z36" w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z36" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Признать утратившими силу следующие решения Тимирязевского районного маслихата Северо-Казахстанской области:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z37" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) "Об утверждении районного бюджета Тимирязевского района на 2025-2027 годы" от 25 декабря 2024 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№22/1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z38" w:id="34"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z38" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) "О внесении изменений и дополнения в решение Тимирязевского районного маслихата от 25 декабря 2024 года №22/1 "Об утверждении районного бюджета Тимирязевского района на 2025-2027 годы" от 05 марта 2025 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№23/5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z39" w:id="35"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z39" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1287,129 +1365,169 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 12 мая 2025 года № 24/18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z44" w:id="36"/>
+    <w:bookmarkStart w:name="z44" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Тимирязевского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 1 в редакции решения Тимирязевского районного маслихата Северо-Казахстанской области от 07.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 28/5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z46" w:id="36"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="36"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -1680,51 +1798,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-91566</w:t>
+108169,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1857,51 +1975,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-59807</w:t>
+71807</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2034,51 +2152,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29568</w:t>
+41568</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2211,51 +2329,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29568</w:t>
+41568</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2388,51 +2506,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25152</w:t>
+28 719</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2919,51 +3037,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23072</w:t>
+24172</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3015,132 +3133,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-3567</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налог на транспортные средства с юридических лиц</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3048</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3160,164 +3274,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-1520</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налог на транспортные средства с физических лиц</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21124</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3378,300 +3488,300 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...71 lines deleted...]
-1520</w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Единый земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2467</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-2200</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Внутренние налоги на товары, работы и услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1520</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3691,305 +3801,305 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-2200</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления за использование природных и других ресурсов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1520</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Поступления от продажи земельных участков</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4013,196 +4123,196 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-29559</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли и нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2200</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4222,526 +4332,518 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-29559</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи земельных участков</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2200</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-29559</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34162,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...152 lines deleted...]
-Сумма (тысяч тенге)</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34162,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4793,305 +4895,317 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-98030,2</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34162,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...135 lines deleted...]
-91092,4</w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5111,341 +5225,337 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-91092,4</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+114633,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-46243</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+95097,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5465,164 +5575,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-15413,4</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+95097,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5683,123 +5793,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-009</w:t>
-[...71 lines deleted...]
-4413</w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49750,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5860,123 +5970,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-010</w:t>
-[...71 lines deleted...]
-111</w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15813,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6037,123 +6147,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-011</w:t>
-[...71 lines deleted...]
-14378</w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6214,300 +6324,300 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-014</w:t>
-[...71 lines deleted...]
-10534</w:t>
+010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Содержание мест захоронений и погребение безродных</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+111</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-6937</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19485</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6527,518 +6637,518 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-6937</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Организация водоснабжения населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19536</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-6937</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+За счет трансфертов из областного бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19536</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-0,8</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима района в городе, города районного значения, поселка, села, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7937</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7058,305 +7168,305 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-0,8</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7937</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7412,160 +7522,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима района в городе, города районного значения, поселка, села, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7617,128 +7731,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7831,87 +7949,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5) Дефицит (профицит) бюджета</w:t>
-[...35 lines deleted...]
--6464,2</w:t>
+3) Чистое бюджетное кредитование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8004,118 +8122,464 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6) Финансирование дефицита (использование профицита) бюджета</w:t>
-[...35 lines deleted...]
- 6464,2</w:t>
+4) Сальдо по операциям с финансовыми активами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-6464,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) Финансирование дефицита (использование профицита) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 6464,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
@@ -8210,70 +8674,68 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z45" w:id="37"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="37"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -8995,65 +9457,6152 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 12 мая 2025 года № 24/18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z49" w:id="38"/>
+    <w:bookmarkStart w:name="z49" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Тимирязевского сельского округа на 2026 год</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Класс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, (тысяч тенге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Доходы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64828</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+62628</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31046</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Индивидуальный подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31046</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоги на собственность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30062</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоги на имущество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+875</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1215</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налог на транспортные средства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24226</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Единый земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3746</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Внутренние налоги на товары, работы и услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1520</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Плата за пользование земельными участками</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1490</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сборы за ведение предпринимательской и профессиональной деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи основного капитала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли и нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма (тысяч тенге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64828</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43005</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43005</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43005</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14886</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14886</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7750</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Содержание мест захоронений и погребение безродных</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+111</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6937</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6937</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, поселках, селах, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6937</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Чистое бюджетное кредитование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Сальдо по операциям с финансовыми активами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) Финансирование дефицита (использование профицита) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Приложение 3 к решению </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тимирязевского районного маслихата</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 12 мая 2025 года № 24/18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z53" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бюджет Тимирязевского сельского округа на 2027 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
@@ -9200,66 +15749,86 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...14 lines deleted...]
-Сумма, (тысяч тенге)</w:t>
+          <w:bookmarkStart w:name="z54" w:id="39"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="39"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9388,51 +15957,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-64828</w:t>
+67789</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9565,51 +16134,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-62628</w:t>
+65589</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9742,51 +16311,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31046</w:t>
+32598</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9919,51 +16488,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31046</w:t>
+32598</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10096,51 +16665,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30062</w:t>
+31471</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10273,51 +16842,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-875</w:t>
+880</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10450,51 +17019,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1215</w:t>
+1220</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10627,51 +17196,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24226</w:t>
+25438</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10768,87 +17337,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Единый земельный налог</w:t>
-[...35 lines deleted...]
-3746</w:t>
+Единный земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3933</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12036,6177 +18605,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...3250 lines deleted...]
-          <w:bookmarkStart w:name="z54" w:id="40"/>
+          <w:bookmarkStart w:name="z55" w:id="40"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="40"/>
-          <w:p>
-[...2854 lines deleted...]
-          <w:bookmarkEnd w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -21195,55 +21657,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -21569,31 +22031,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>