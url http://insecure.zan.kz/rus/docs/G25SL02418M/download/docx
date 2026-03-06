--- v1 (2025-12-27)
+++ v2 (2026-03-06)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f7214a6" w14:textId="f7214a6">
+    <w:p w14:paraId="e08a8fc" w14:textId="e08a8fc">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -21657,55 +21657,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>